--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511e4ef957d84334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22de38af5d1448c0bdab6c18124c9ce7.psmdcp" Id="R108f3a785c4c4eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac06e2858a745a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/547a77f3a21c42e28ddd86f5c4091f57.psmdcp" Id="R9172b5ae255a49c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Business Timetable" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="528" uniqueCount="528">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="503">
   <x:si>
     <x:t>Business Timetable Export</x:t>
   </x:si>
   <x:si>
     <x:t>Created Date:</x:t>
   </x:si>
   <x:si>
     <x:t>Market Participant Filter:</x:t>
   </x:si>
   <x:si>
     <x:t>Unfiltered</x:t>
   </x:si>
   <x:si>
     <x:t>Category Filter:</x:t>
   </x:si>
   <x:si>
     <x:t>Region Filter:</x:t>
   </x:si>
   <x:si>
     <x:t>Start Date Filter:</x:t>
   </x:si>
   <x:si>
     <x:t>End Date Filter:</x:t>
   </x:si>
   <x:si>
@@ -89,1042 +89,830 @@
   <x:si>
     <x:t>Primary Contact Email</x:t>
   </x:si>
   <x:si>
     <x:t>Secondary Contact Name</x:t>
   </x:si>
   <x:si>
     <x:t>Secondary Contact Title</x:t>
   </x:si>
   <x:si>
     <x:t>Secondary Contact Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Secondary Contact Email</x:t>
   </x:si>
   <x:si>
     <x:t>AdditionalInformation</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Categories</x:t>
   </x:si>
   <x:si>
-    <x:t>Cyber Return</x:t>
+    <x:t>Tax - Member's Agent/DCP Level</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Members</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Last date for members' agents to advise Tax Operations of stop loss policies paid or stop loss recoveries received in respect of their members. Only applicable to Members agents. Sent via the FAL Online Portal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robi Mohammed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)20 7327 5738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tax Members Agent and DCP Level</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portugal – ASF – Ancillary insurance for 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agents</x:t>
   </x:si>
   <x:si>
-    <x:t>Managing Agents to submit completed template.</x:t>
-[...14 lines deleted...]
-    <x:t>Europe</x:t>
+    <x:t>Beatriz Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corporate &amp; Legal Officer, Lloyd’s Insurance Company Spanish office</x:t>
+  </x:si>
+  <x:si>
+    <x:t>beatriz.ramirez@lloyds.com</x:t>
   </x:si>
   <x:si>
     <x:t>Lloyd's Europe</x:t>
   </x:si>
   <x:si>
-    <x:t>Distribution*</x:t>
+    <x:t>Submission of completed syndicate medical malpractice legal liability return to Lloyd’s Europe in France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stéphanie Le Ninivin</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Senior Operations and Finance Executive </x:t>
+  </x:si>
+  <x:si>
+    <x:t>stephanie.leninivin@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12:00 GMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS Returns (for  Service Companies based in Singapore only)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd’s Asia Service Companies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of 2025 Audited Returns to MAS on 31 March 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syn Siew Ho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd's Asia Compliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+65 6499 9303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lloydsasiacompliance@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asia &amp; Pacific</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Realistic Disaster Scenarios Return (RDS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agent to submit Lloyd's Realistic Disaster Scenario Return via the Core Market Returns (CMR) system and Secure Share within the ‘Catastrophe Risk Returns &gt; RDS Supplementary Information’ folder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lauren O’Rourke </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Senior Manager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lauren.O'Rourke@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luke Knowles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Head of Catastrophe Risk Analytics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>luke.knowles@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Management Data Return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syndicate Reporting</x:t>
   </x:si>
   <x:si>
     <x:t>Syndicates</x:t>
   </x:si>
   <x:si>
-    <x:t>Member Services to collect £ and US$ open year releases from syndicates.</x:t>
+    <x:t>Managing Agents to submit RRA return as at Year-End 2025 via CMR.
+Managing Agents to submit RRA return as at Year-End 2025 via CMR.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sufyaan Shaikh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Reserving &amp; Capital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)20 7327 5019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRA@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UK &amp; Channel Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Syndicate reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Related Party Return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit Related Party Return via SecureShare ‘Related Party Disclosure’.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>relatedpartiesdisclosure@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland Annual Motor Reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yatting Lai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>yatting.lai@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of Ireland Annual Motor Reporting return and accompanying audit statement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deadline for receipt/settlement of additional assets or releases for all Members without a QCT failure.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fal@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Africa &amp; Middle East, Asia &amp; Pacific, Europe, North America, South America, UK &amp; Channel Islands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSA Report</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing agents to submit ORSA Report via SecureShare, Market Oversight Documents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Craig James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Market Governance, Risk and Resilience</x:t>
+  </x:si>
+  <x:si>
+    <x:t>craig.james@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12:00 BST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contract Certainty Reporting (for  Service Companies based in Singapore only)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By the last working day of each month</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd's Asia Compliance Report (for  Service Companies based in Singapore only)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission to LA on the 2nd working day of each month.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Tax - Corporate members to confirm change of ownership information and controlled foreign corporation status for the United States income tax return. Sent via the FAL Online Portal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conner Keane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)1634 392512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd’s Europe -  Norwegian Natural Perils Pool - Fire Peril business return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NonXIS Return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Distribution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 distribution debt allocation process and interchange of information with Members to commence.</x:t>
   </x:si>
   <x:si>
     <x:t>distribution@lloyds.com</x:t>
   </x:si>
   <x:si>
-    <x:t>*provisional date</x:t>
-[...17 lines deleted...]
-    <x:t>China Reinsurance Registration: Confirmation that documents, provided to the syndicate by Lloyd’s for review, can be submitted to the National Financial Regulatory Administration (NFRA) NFRA in order to meet the quarterly reinsurance registration process.  Note:  This confirmation is only required in relation to syndicates that are registered with NFRA.</x:t>
+    <x:t xml:space="preserve">Lloyd’s Europe  - Danish guarantee fund </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Member Services to collect £ and US$ profits from Syndicates via central accounting (non-fasttrack amounts only). Note: Any Open year releases should be included.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Singapore Risk Registration (for  Service Companies based in Singapore only)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of SRR return to MDC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leo Lim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>leo.lim@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermediary reporting requirement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reminder of the reporting requirement for managing agents that have a direct relationship with a Portuguese intermediary, to report information by Monday 13 April 2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic packs for US quarterly filing available on ORS.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North America, South America</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd’s Europe Quarterly KRI Submission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing agents to complete the LIC KRI submission form and submit it to LIC Compliance via SecureShare.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIC Compliance Team</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lloydseurope.financialcrime@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portfolio Risk Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Monthly Risk Return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coverholders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monthly Risks must be submitted through the CMR portal. Please note: for any run-off coverholder, these obligations will remain in effect until all risks have been fully resolved.</x:t>
   </x:si>
   <x:si>
     <x:t>Linh Phan</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">International Finance </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">hkcoverholderreporting@lloyds.com </x:t>
-[...23 lines deleted...]
-    <x:t>Sara Mirza</x:t>
+    <x:t>ChinaReinsuranceRegistration@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Risk Return HKR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Monthly Claim Return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monthly Claims must be submitted through the CMR portal. Please note: for any run-off coverholder, these obligations will remain in effect until all claims have been fully resolved.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hong Kong Claim Return HKC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of Q1 2026 to MAS on 21 April 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Income and Expenditure to MAS (for  Service Companies based in Singapore only)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of Q1 2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14:00 BST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing agents to submit Performance Management Data Return for March 2026 before 14:00  via Market Data Collection (MDC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LloydsDataQuality@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nagarathna Belaval</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+91 9513069971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nagarathna.Belaval@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">FAL </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Publication of Annual Capital Test (CIL) statement </x:t>
+  </x:si>
+  <x:si>
+    <x:t>capital-test@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Calculations as at 31 December 2025
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Publication of the FAL valuation as at 31 March 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>memberservicesdatafinance@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Data Call: US Louisiana Homeowners' insurance policies, Q1 Report</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Managing Agents who have previously submitted data must complete the Louisiana Department of Insurance template of the homeowner's policy details for Q1 2026 and upload to US Louisiana homeowner insurance policies SecureShare website. Managing agents who did not submit data previously, but have Louisiana homeowners’ policies that fall within the scope of the three‑year rule (based on the moving reporting period), should contact USEnquiries@lloyds.com for further instructions. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richard Borje</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0) 20 7327 5629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>usenquiries@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North America</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Part VII April Submission (Monthly &amp; Initial Load catch-up)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 31/03/2026) via Market Data Collection (MDC) website against the April submission business events (and initial load catch-up file if required). Submission window opens on the 01/04/2026 and closes on the 16/04/2026 at 2PM BST.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDC support mailbox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mdcsupport@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd's Europe Part VII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coming into Line ECA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Member Modeller software update for Coming into Line ECAs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neil Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Member Capital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)207 327 6034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lloyds-mrc-help@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coming into line, Direct Corporate Members DCP, FAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Terrorism - ARPC Q1 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit the Quarter 1 Australian Reinsurance Pool Corporation Return to International Regulatory Affairs via SecureShare.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Joel Williamson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0) 20 7327 5811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>australian.terrorism@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Please note that any late, inaccurate or incomplete submission of this return is subject to the Overseas Fining Policy.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Terrorism</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit RRQ return as at Quarter 1 2026 via CMR.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRQ@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GST Returns (for  Service Companies based in Singapore only)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of Q1 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>gst.singapore@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provision of Canadian reporting packs to market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">George Sakkiadis </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Associate, International Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>george.sakkiadis@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAREAT Large risk annual return: risks ≥EUR150m to Lloyd’s Europe in France.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onboarding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deadline for Declaration of Compliance (DOC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>clientonboarding@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For all corporate members to confirm compliance with the provision of Lloyd's Acts and Byelaws and Lloyd's has been kept up to date with members' details.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Client onboarding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tax - Syndicate Level</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Complete US investment income supplementary information and provide copies of 1042-S received from custodians. Returned to Tax Operations. Sent via Secureshare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemma Tutt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technical Sprecialist</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)1634 392833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tax Syndicate Level</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cyclical Review - deadline for Pro-Forma and declaration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A Pro-Forma for members and third party fund providers to complete, to ensure Lloyd’s are fulfilling the due diligence requirements under the Financial Services and Markets Act 2000 (FSMA), The Proceeds of Crime Act 2002 (POCA) and Money Laundering Regulations 2017 (MLR).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First surpluses will be available for payment to Members.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to lock completed reporting packs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of Contract Certainty Reporting needs to be completed by the last working day of each month.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+65 6499 9316</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Member Services prepare and dispatch consolidated personal accounts </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agency Agreement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.lloyds.com/conducting-business/requirements-and-standards</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">A managing agent which wishes to effect a minority buy-out or merger must make an application to Lloyd’s by no later than 30 April for conditional consent to give notice of termination under the relevant managing agent’s agreements. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kevin Lazarus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solicitor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)20 7327 6737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kevin.lazarus@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agency agreements</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Syndicate Reporting </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit QAD return as at Quarter 1 2026 via CMR by 2pm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vince Santiago</x:t>
   </x:si>
   <x:si>
     <x:t>Central Finance</x:t>
   </x:si>
   <x:si>
-    <x:t>sara.mirza@lloyds.com</x:t>
-[...463 lines deleted...]
-    <x:t>Incomplete or incorrect forms and documentation will be recorded as such and will not be accepted. Any resubmissions must be received by this deadline or following publication of the next Quarterly Corridor Test.</x:t>
+    <x:t>vince.santiago@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17:00 BST</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Syndicate Reporting
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Managing Agents to submit Supplementary Solvency Annual Reporting 2025 Data via SecureShare,</x:t>
-[...315 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Q1 2026 Quarterly Solvency UK Submission to be submitted via Corefiling portal by 5pm
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Agency reporting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Managing Agents to submit Supplementary Solvency Data as at Quarter 1 2026 via SecureShare.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Last date for applications which include a Tier 2 adjustment to FAL. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Please refer to Market Bulletin Y5410 (Revised guidance on Tier 2 capital limits; timing and open year solvency requirements) for full details on the Tier 2 capital limits. </x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">US Reporting </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to lock completed electronic reporting packs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of TRIA electronic filing from Market.</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Deadline for new third party funding applications regarding Coming into Line </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 Financial Services Compensation Scheme (FSCS) Reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mailto:Lloyds-SolvencyReturns@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit 2025 FSCS data template via email to Lloyds-SolvencyReturns@lloyds.com.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission to LA on the 2nd working day of each month</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Q1 2026 Syndicate Flash Report to be uploaded onto Secureshare by 5pm
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Sara Mirza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sara.mirza@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Receive back notarised jurat pages.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit cash transfer forms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing agents to submit cash transfer forms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Overseas Trust Fund </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents, Syndicates</x:t>
+  </x:si>
+  <x:si>
     <x:t>Credit for Reinsurance and Surplus Lines Trust Fund adjustments, quarter 4 2025 settlement date.</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Anne-Marie Russell </x:t>
+  </x:si>
+  <x:si>
+    <x:t>FinancialControl-Payments@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Overseas Trust Fund</x:t>
+  </x:si>
+  <x:si>
     <x:t>Illinois Trust Fund adjustment, quarter one 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Trust Fund adjustment, quarter one 2026 settlement date.</x:t>
   </x:si>
   <x:si>
+    <x:t>QMB Return(s)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Managing agents to submit QMB for Q1 2026 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
     <x:t>NFRA – Quarterly &amp; Annually China Reinsurance Registration Return (Q1/2026)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Reinsurance Registration: Confirmation that documents, provided to the syndicate by Lloyd’s for review, can be submitted to the National Financial Regulatory Administration (NFRA) NFRA in order to meet the quarterly reinsurance registration process.  Note:  This confirmation is only required in relation to syndicates that are registered with NFRA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kathleen Vuuren van</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ChinaReinsuranceRegistration@lloyds.com </x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Reinsurance Registration</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Q1 2026 QMA Delta Submission to be submitted via MDC by 2pm
 </x:t>
   </x:si>
   <x:si>
     <x:t>Deadline for Managing Agents to notify Member Services of any interim cash calls due for payment on 15th June 2026.</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic General Insurance Stress Test (DyGIST)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing Agent to submit the DyGIST returns via Secure Share in the ‘DyGIST Return' folder.
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Rob Stevenson </x:t>
   </x:si>
   <x:si>
     <x:t>Director of Catastrophe Risk &amp; Reinsurance Analytics</x:t>
   </x:si>
   <x:si>
     <x:t>Rob.Stevenson@lloyds.com</x:t>
   </x:si>
   <x:si>
     <x:t>Live exercise 5th – 26th May 2026, with a follow up exercise end of July 2026.</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Trust Fund adjustment, quarter one 2026 settlement date.</x:t>
   </x:si>
   <x:si>
+    <x:t>Agency Reporting</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agents to submit quarterly financial return QF1 for quarter ending 31 March 2026. Sign off required by director on behalf of the board.</x:t>
   </x:si>
   <x:si>
+    <x:t>US situs top up cash movement date.</x:t>
+  </x:si>
+  <x:si>
     <x:t>South Africa Trust Fund adjustment, quarter one 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Margin Fund adjustment, quarter one 2026 settlement date.</x:t>
   </x:si>
   <x:si>
+    <x:t>Cash movement date for LCTF and Margin Fund adjustment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: Quarterly file reviews of IDD business - Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lloyd's Europe UK branch will raise requests to the MA for evidence for a sample of files underwritten by secondees during the quarter. This is a standing governance requirement and reporting cadence. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>lloydseurope.ukunderwriting@lloyds.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Member Services to collect £ and US$ open year releases from syndicates</x:t>
   </x:si>
   <x:si>
     <x:t>The 2023 and 2024 YoA syndicate forecasts as a percentage of capacity will be published for Q1 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Part VII May Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 30/04/2026) via Market Data Collection (MDC) website against the May submission business events (and initial load catch-up file if required). Submission window opens on the 05/05/2026 and closes on the 19/05/2026 at 2PM BST.</x:t>
   </x:si>
   <x:si>
     <x:t>The 2024 and 2025 YoA syndicate forecasts as a percentage of capacity will be published for Q1 2026.</x:t>
   </x:si>
   <x:si>
     <x:t>Europe, UK &amp; Channel Islands</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd’s Catastrophe Model (LCM) Quarterly Return</x:t>
+  </x:si>
+  <x:si>
     <x:t>Managing Agent to submit Lloyd's Catastrophe Model (LCM) Return via Secure Share within the ‘Catastrophe Risk Returns &gt; LCM April 2026’ folder. This only applies for Managing Agents that meet the ‘Materiality of Change’ criteria (see 2026 LCM Guidance &amp; Instructions). Nil return required for all other Managing Agents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hailie Hunt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reporting Manager, Aggregation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hailie.Hunt@lloyds.com</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Publication of the Q2 Quarterly Corridor Test (QCT)
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Members within 90%-110% no action
 Members &lt;90% and &gt; £1m required to top up
 Members &gt;110% can request release (this is subject to passing tests within QCT i.e Tier 1/Tier 2 limits etc)
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Submission of NAIC IID and TRIP filling from Market.</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Submission of completed syndicate Dommages ouvrage-DO return to Lloyd’s Europe in France </x:t>
   </x:si>
   <x:si>
     <x:t>Release of Open year profits can commence, subject to QCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Timetable and instructions posted to Secure Share.</x:t>
   </x:si>
   <x:si>
     <x:t>Submit details of Canadian Syndicate Information Statements (SIS) to determine the tax liability for filing Canadian tax return for non-Canadian residents. Available on Core Market Returns</x:t>
   </x:si>
   <x:si>
     <x:t>Ellie Sawyer</x:t>
   </x:si>
   <x:si>
     <x:t>+44 (0)1634 392085</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for members' agents to send consolidated personal accounts to members.
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agency Reporting
 </x:t>
   </x:si>
   <x:si>
     <x:t>Agents to submit Annual Financial Return AF1 for Year End. Sign off required by director on behalf of the board.</x:t>
   </x:si>
   <x:si>
     <x:t>Submit details of United States syndicate information statements (SIS) and expenses schedules for the purpose of filing the United States federal income tax return. Available on Core Market Returns</x:t>
   </x:si>
   <x:si>
@@ -1143,322 +931,409 @@
     <x:t>+1 212-382-4082</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit updated Month 16 Performance Management Data Return for 2025 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
     <x:t>Deadline for FAL re-arrangement applications for Members who have a CIL/ Q2 QCT failure</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Incomplete or incorrect forms and documentation will be recorded as such and will not be accepted. Any resubmissions must be received by this deadline or following publication of the next Quarterly Corridor Test.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Part VII June Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 31/05/2026) via Market Data Collection (MDC) website against the June submission business events (and initial load catch-up file if required). Submission window opens on the 01/06/2026 and closes on the 12/06/2026 at 2PM UK Time.</x:t>
   </x:si>
   <x:si>
     <x:t>June losses / cash calls to be funded and paid to syndicates on this date.</x:t>
   </x:si>
   <x:si>
     <x:t>Deadline for FAL re-arrangement applications for Members who have passed the CIL/ Q2 QCT</x:t>
   </x:si>
   <x:si>
+    <x:t>Q2 2026: GAREAT Large risk return to Lloyd’s Europe in France for period 1 January 2026 to 10 June 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q6 2025 (regularisation return): GAREAT Large risk return to Lloyd’s Europe in France for period 1 January 2025 to 31 December 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For period 1 January 2025 to 31 December 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>US Tax - CAMT Declaration 1 Form to be completed by Corporate Members. Sent out via email. Please return to Tax Operations</x:t>
   </x:si>
   <x:si>
-    <x:t>Q2 2026: GAREAT Large risk return to Lloyd’s Europe in France for period 1 January 2026 to 10 June 2026</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Eligible Complainant Return &amp; Attestation</x:t>
   </x:si>
   <x:si>
     <x:t>Request sent to managing agents to submit completed template relating to policyholders who meet the definition of an 'eligible complainant' to meet Lloyd's FCA reporting requirements via the Optalitix platform with the declaration that all complaints relating to policyholders have been notified to Lloyd’s under the Complaints Handling Code uploaded to SecureShare with a 4 week deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Jo Tourle</x:t>
   </x:si>
   <x:si>
     <x:t>Complaints Team</x:t>
   </x:si>
   <x:si>
     <x:t>+44 (0)1634 392496</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing agents wishing to change their fees or profit commissions in respect of an unaligned syndicate for the following year of account must submit their full application to Lloyd’s by 18 June.  </x:t>
   </x:si>
   <x:si>
     <x:t>Regular Expense Declaration Forms (EDFs) to be completed by members agents. Details of income and expenses in connection with the members underwriting paid outside of Lloyd's for the United States income tax return to be provided. Sent via the FAL Online Portal</x:t>
   </x:si>
   <x:si>
+    <x:t>Kate Waghorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technical Specialist</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (0)1634 392744</x:t>
+  </x:si>
+  <x:si>
     <x:t>All BEAT affected members are to complete the 36 month Member Personal Expense (MPE) worksheets, splitting out BEAT and non BEAT payments. Available on the FAL Online Portal</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for receipt/ settlement of additional assets for Members who have a CIL/ Q2 QCT failure </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Failure to clear/settle assets by this date will results in the issuance of an overdue notice advising charges to be levied against member who have not met their CIL/QCT failure.</x:t>
   </x:si>
   <x:si>
     <x:t>Expense Declaration Forms (EDFs) to be completed for all DCPs (BEAT or Non BEAT) and any other BEAT affected members. Details of income and expenses in connection with the members underwriting paid outside of Lloyd's for the United States income tax return to be provided. Sent via the FAL Online Portal</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Members/Members Agents to confirm they are in line by submitting the relevant confirmation form
 </x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit syndicate UK tax computations to Tax Operations. Available on Core Market Returns</x:t>
   </x:si>
   <x:si>
     <x:t>Robert O'Brien</x:t>
   </x:si>
   <x:si>
     <x:t>Tax</x:t>
   </x:si>
   <x:si>
     <x:t>+44 (0)1634 392376</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for receipt/ settlement of additional assets or releases for all Members without a CIL/ Q2 QCT failure
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">All assets must be cleared/settled by this date
 </x:t>
   </x:si>
   <x:si>
     <x:t>FAL*</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mid year distribution of Funds at Lloyds interest
 </x:t>
   </x:si>
   <x:si>
     <x:t>Please note this is a provisional date.</x:t>
   </x:si>
   <x:si>
     <x:t>Service Company Accounts (Scanned softcopy) (for  Service Companies based in Singapore only)</x:t>
   </x:si>
   <x:si>
     <x:t>Submission of 2025 Financial Statements</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Applications for Total Releases can commence </x:t>
+  </x:si>
+  <x:si>
     <x:t>Managing agents participating on the Insurance Lloyd’s Asia Scheme during Singapore Year of Assessment 2025 to submit syndicate schedules to the relevant tax team contacts via email</x:t>
   </x:si>
   <x:si>
     <x:t>Dan Moynes</x:t>
   </x:si>
   <x:si>
     <x:t>+44 (0)20 7327 5459</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd’s Europe -  Norwegian Natural Perils Pool - Fire Peril business quarterly return</x:t>
+  </x:si>
+  <x:si>
     <x:t>Publication of the FAL valuation as at 30 June 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Part VII July Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 30/06/2026) via Market Data Collection (MDC) website against the July submission business events (and initial load catch-up file if required). Submission window opens on the 01/07/2026 and closes on the 14/07/2026 at 2PM UK Time.</x:t>
   </x:si>
   <x:si>
+    <x:t>16:00 BST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q2 2026 - Compliance with Lloyds's Europe (LIC) Business Model - Q2 2026 LIC Attesation Exercise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submission of Attesation to confirm Compliance with Lloyd's Europe (LIC) Operating Model for all Managing Agents writing business on behalf of Lloyd's Europe (LIC).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyds Europe Compliance Operating Model</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lloydseurope.operations@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This is to confirm that by submitting the signed attestation, managing agents acknowledge and agree that all transactions related to Lloyd’s Europe must be processed exclusively through Velonetic/DXC and Lloyd’s Central Settlement &amp; Trust Fund Operations (STFO) when conducting business on behalf of Lloyd’s Europe (LIC).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Submission of Q2 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Submission of Q2 2026 to MAS on 21 Jul 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for managing agents to submit completed template relating to policyholders who meet the definition of an 'eligible complainant' to meet Lloyd's FCA reporting requirements via the Optalitix platform with the declaration that all complaints relating to policyholders have been notified to Lloyd’s under the Complaints Handling Code uploaded to SecureShare. </x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit Performance Management Data Return for June 2026 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
     <x:t>Data Call: US Louisiana Homeowners' insurance policies, Q2 Report</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing Agents who have previously submitted data must complete the Louisiana Department of Insurance template of the homeowner's policy details for Q2 2026 and upload to US Louisiana homeowner insurance policies SecureShare website. Managing agents who did not submit data previously, but have Louisiana homeowners’ policies that fall within the scope of the three‑year rule (based on the moving reporting period), should contact USEnquiries@lloyds.com for further instructions. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">2026 Model Completeness Questionnaire (MCQ) </x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agent to submit 2026 Model Completeness Template via Secure Share within the ‘Catastrophe Risk Returns &gt; Model Completeness 2026’ folder. To be completed by all syndicates with natural catastrophe exposure.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Colette Jardine </x:t>
   </x:si>
   <x:si>
     <x:t>Natural Catastrophe Risk Specialist</x:t>
   </x:si>
   <x:si>
     <x:t>Colette.Jardine@lloyds.com</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agents to submit RRQ return as at Quarter 2 2026 via CMR.</x:t>
   </x:si>
   <x:si>
+    <x:t>Australian Terrorism - ARPC Q2 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit the Quarter 2 Australian Reinsurance Pool Corporation Return to International Regulatory Affairs via SecureShare.</x:t>
+  </x:si>
+  <x:si>
     <x:t>SRS Q3 (01/07/2026)</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agents to submit Q3 Syndicate Reinsurance Structure [SRS] Return via Core Market Returns [CMR]</x:t>
   </x:si>
   <x:si>
+    <x:t>Dominic Thomas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>+44 (20) 73275953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dominic.thomas@lloyds.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Legacy RI Transaction for Q4 QCT</x:t>
   </x:si>
   <x:si>
     <x:t>Final date for notification to Lloyd's of a ceding syndicate's intention to introduce a legacy reinsurance transaction for the Q4 QCT process.</x:t>
   </x:si>
   <x:si>
+    <x:t>Iain Pearson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legacy Manager</x:t>
+  </x:si>
+  <x:si>
     <x:t>+44 (0)207 327 5482</x:t>
   </x:si>
   <x:si>
+    <x:t>legacyri@lloyds.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legacy reinsurance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Managing Agents to submit QAD return as at Quarter 2 2026 via CMR by 2pm</x:t>
   </x:si>
   <x:si>
     <x:t>Q2 2026 Quarterly Solvency UK Submission to be submitted via Corefiling portal by 5pm</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agents to submit Supplementary Solvency Data as at Quarter 2 2026 via SecureShare.</x:t>
   </x:si>
   <x:si>
     <x:t>Q2 2026 Syndicate Flash Report to be uploaded onto Secureshare by 5pm</x:t>
   </x:si>
   <x:si>
     <x:t>A PE certification form should be completed by Managing Agents for each Syndicate (including each Special Purpose Arrangement) that they manage in respect of business planned to be written in the 2025 calendar period. Guidance notes should be considered prior to completing the form and once completed, the form should be sent via email to Lloyds-PEcertification@lloyds.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Harry Carr</x:t>
   </x:si>
   <x:si>
     <x:t>Tax Graduate</x:t>
   </x:si>
   <x:si>
     <x:t>+44 (0)20 7327 5127</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd's Europe Managing Agents: IDD H1 Breach Report 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing agents to report all breaches related to IDD transacted business within half year.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q2 2026 QMA Delta Submission to be submitted via MDC by 2pm</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Trust Fund adjustment, quarter two 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>Agents to submit quarterly financial return QF1 for quarter ending 30 June 2026. Sign off required by director on behalf of the board.</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Trust Fund adjustment, quarter two 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit QMB for Q2 2026 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
     <x:t>Deadline for receipt of End of Interavailable applications.</x:t>
   </x:si>
   <x:si>
     <x:t>NFRA – Quarterly China Reinsurance Registration Return (Q2/2026)</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Trust Fund adjustment, quarter three 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>New members to the Japanese Income Tax return are required to confirm if they are a Small/Medium Enterprise (SME) for the purpose of Japanese Tax. Sent via the FAL Online Portal</x:t>
   </x:si>
   <x:si>
     <x:t>dan.moynes@lloyds.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: Quarterly file reviews of IDD business - Q2</x:t>
+  </x:si>
+  <x:si>
     <x:t>Australian Trust Fund adjustment, quarter two 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>Q2 2026 Syndicate Accounts Submission to be submitted via Corefiling portal by 5pm</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa Trust Fund adjustment, quarter two 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>FAL/ DCP/ CIL</x:t>
   </x:si>
   <x:si>
     <x:t>Member Modeller software update for Q3 Quarterly Corridor Test ECAs.</x:t>
   </x:si>
   <x:si>
     <x:t>GAREAT SMR pool</x:t>
   </x:si>
   <x:si>
     <x:t>GAREAT Small and Medium-sized risk - risks strictly below EUR20m - completion of the 2025 portfolio by address of the insured return to Lloyd’s Europe in France.</x:t>
   </x:si>
   <x:si>
     <x:t>GAREAT Small and Medium-sized risk - risks strictly below EUR20m - completion of the 2027 estimated premium return to Lloyd’s Europe in France.</x:t>
   </x:si>
   <x:si>
     <x:t>	GAREAT Small and Medium-sized risk annual return - risks strictly below EUR20m - Adjustment and closing of the 2025 underwriting year return split by France as a whole and by French department to Lloyd’s Europe in France.</x:t>
   </x:si>
   <x:si>
     <x:t>Part VII August Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 31/07/2026) via Market Data Collection (MDC) website against the August submission business events (and initial load catch-up file if required). Submission window opens on the 03/08/2026 and closes on the 14/08/2026 at 2PM UK Time.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Member Services to collect £ and US$ open year releases from syndicates.</x:t>
   </x:si>
   <x:si>
     <x:t>Publication of the Q3 Quarterly Corridor Test (QCT).</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Members within 90%-110% no action
 Members &lt;90% and &gt; £1m required to top up
 Members &gt;110% can request release (this is subject to passing tests within QCT i.e Tier 1/Tier 2 limits etc)
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Australian Terrorism - ARPC Annual Return</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit the Annual Australian Reinsurance Pool Corporation Return to International Regulatory Affairs via SecureShare.</x:t>
+  </x:si>
+  <x:si>
     <x:t>The 2023 and 2024 YoA syndicate forecasts as a percentage of capacity will be published for Q2 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agent to submit Lloyd's Catastrophe Model (LCM) Return via Secure Share within the ‘Catastrophe Risk Returns &gt; LCM July 2026’ folder. Mandatory for all syndicates.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Release of Open year profits can commence, subject to QCT
 </x:t>
   </x:si>
   <x:si>
     <x:t>Deadline for Managing Agents to notify Member Services of any interim cash calls due for payment on 28 September 2026.</x:t>
   </x:si>
   <x:si>
     <x:t>Legacy RI Transaction for Q1 QCT</x:t>
   </x:si>
   <x:si>
     <x:t>Final date for notification to Lloyd's of a ceding syndicate's intention to introduce a legacy reinsurance transaction for the Q1 QCT process.</x:t>
   </x:si>
   <x:si>
     <x:t>Realistic Disaster Scenarios Light Return (RDL)</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agent to submit Lloyd's Realistic Disaster Scenario Light Return via the Core Market Returns (CMR) system and Secure Share within the ‘Catastrophe Risk Returns &gt; RDS Supplementary Information’ folder.</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: Seconded Underwriters 2026 Mid Year Performance Reviews due</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lloyd's Europe UK branch will raise requests to the responsible RD for each Managing Agent for the mid year performance review assessment of their seconded underwriters. The template and submission requirements are communicated to the RD at that time. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Deadline for FAL re-arrangement applications for Members who have a Q3 QCT failure.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Incomplete or incorrect forms and documentation will be recorded as such and will not be accepted. Any resubmissions must be received by this deadline. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for FAL re-arrangement applications for Members who have passed the Q3 QCT
 </x:t>
   </x:si>
   <x:si>
     <x:t>Part VII September Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 31/08/2026) via Market Data Collection (MDC) website against the September submission business events (and initial load catch-up file if required). Submission window opens on the 01/09/2026 and closes on the 14/09/2026 at 2PM UK Time.</x:t>
   </x:si>
   <x:si>
     <x:t>Q3 2026: GAREAT Large risk return to Lloyd’s Europe in France for period 1 January 2026 to 10 September 2026</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for receipt/settlement of additional assets for Members who have a Q3 QCT failure
 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Failure to clear/settle assets by this date will results in the issuance of an overdue notice advising charges to be levied against member who have not met their Q3 QCT failure.
 </x:t>
@@ -1488,85 +1363,103 @@
     <x:t>All assets must be cleared/settled by this date.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for return of new W8-BEN forms to replace existing forms that expire at 31st December 2025 via email and SharePoint
 </x:t>
   </x:si>
   <x:si>
     <x:t>Interim cash calls to be funded and paid to syndicates on this date.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Deadline for submission of UK Tax Residency Declaration forms to Tax Operations - All members via SharePoint (Members Agents) or email (DCP Members) </x:t>
   </x:si>
   <x:si>
     <x:t>Stamp</x:t>
   </x:si>
   <x:si>
     <x:t>Deadline for Managing Agents to submit a Register of Agents Charges entry for syndicates for 2027.</x:t>
   </x:si>
   <x:si>
     <x:t>syndicatestamps@lloyds.com</x:t>
   </x:si>
   <x:si>
     <x:t>STAMP</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: Disciplinary Attestation Returns (for UK Branch secondees)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">For compliance teams to complete on behalf of seconded underwriters. This request and the template for completion are issued by Lloyd's Europe Compliance and HR team direct to the Managing Agent's. Completed returns must be submitted prior to the 30 September deadline. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Members included in the Japanese Income Tax return are required to confirm if they are a Small/Medium Enterprise (SME) for the purpose of Japanese Tax. Lloyd's Japan members identified as a Consolidated Multinational Enterprise (MNE) must provide Tax  department with 'Transfer Pricing Master File' &amp; 'Country by Country report' within 10 months of the Ultimate Parent Entity's financial year-end. Only required where this hasn't been provided by Ultimate Parent Entity or another group member. Sent via the FAL Online Portal</x:t>
   </x:si>
   <x:si>
     <x:t>Review &amp; provide US Investment Income confirmation in respect of 1042-S and QMA 114 analysis</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to complete the LIC KRI submission form and submit it to LIC Compliance</x:t>
   </x:si>
   <x:si>
     <x:t>Part VII October Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">In-scope Part VII Syndicates to submit Part VII Monthly data (as at 30/09/2026) via Market Data Collection (MDC) website against the October submission business events (and initial load catch-up file if required). Submission window opens on the 01/10/2026 and closes on the 14/10/2026 at 2PM BST.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Submission of Q3 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Submission of Q3 2026 to MAS on 21 Oct 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agents to submit RRQ return as at Quarter 3 2026 via CMR.</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit Performance Management Data Return for September 2026 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
+    <x:t>Australian Terrorism - ARPC Q3 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit the Quarter 3 Australian Reinsurance Pool Corporation Return to International Regulatory Affairs via SecureShare.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Data Call: US Louisiana Homeowners' insurance policies, Q3 Report</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing Agents who have previously submitted data must complete the Louisiana Department of Insurance template of the homeowner's policy details for Q3 2026 and upload to US Louisiana homeowner insurance policies SecureShare website. Managing agents who did not submit data previously, but have Louisiana homeowners’ policies that fall within the scope of the three‑year rule (based on the moving reporting period), should contact USEnquiries@lloyds.com for further instructions. </x:t>
   </x:si>
   <x:si>
+    <x:t>14:00 GMT</x:t>
+  </x:si>
+  <x:si>
     <x:t>Managing Agents to submit QAD return as at Quarter 3 2026 via CMR by 2pm.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17:00 GMT</x:t>
   </x:si>
   <x:si>
     <x:t>Q3 2026 Quarterly Solvency UK Submission to be submitted via Corefiling portal by 5pm</x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agents to submit Supplementary Solvency Data as at Quarter 3 2026 via SecureShare.</x:t>
   </x:si>
   <x:si>
     <x:t>Q3 2026 Syndicate Flash Report to be uploaded onto Secureshare by 5pm</x:t>
   </x:si>
   <x:si>
     <x:t>Q3 2026 QMA Delta Submission to be submitted via MDC by 2pm.</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit QMB for Q3 2026 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian B2 Reporting - Part II</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit the second part of the Canadian B2 regulatory requirement via Secure Share within the ‘Catastrophe Risk Returns / Canadian B2 Regulatory Reporting’ folder.</x:t>
   </x:si>
   <x:si>
     <x:t>NFRA – Quarterly China Reinsurance Registration Return (Q3/2026)</x:t>
   </x:si>
@@ -1574,98 +1467,125 @@
     <x:t xml:space="preserve">Agents to submit quarterly financial return QF1 for quarter ending 30 September 2025. Sign off required by director on behalf of the board.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Trust Fund adjustment, quarter three 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa Trust Fund adjustment, quarter three 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Trust Fund adjustment, quarter three 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Overseas Trust Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Margin Fund adjustment, quarter three 2026 settlement date.</x:t>
   </x:si>
   <x:si>
     <x:t>US Tax - CAMT Declaration 2 Form to be completed by Corporate Members. Sent out via email. Please return to Tax Operations</x:t>
   </x:si>
   <x:si>
     <x:t>US Tax - BEAT 8991 Questionnaire to be completed by corporate members that are effected by BEAT and returned to tax operations to enable the filing of Lloyd's aggregate form 8991. Sent out via email</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: Quarterly file reviews of IDD business - Q3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Part VII November Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">In-scope Part VII Syndicates to submit Part VII Monthly data (as at 31/10/2026) via Market Data Collection (MDC) website against the November submission business events (and initial load catch-up file if required). Submission window opens on the 03/11/2026 and closes on the 17/11/2026 at 2PM UK Time.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Managing Agent to submit Lloyd's Catastrophe Model (LCM) Return via Secure Share within the ‘Catastrophe Risk Returns &gt; LCM Oct 2026’ folder. This only applies for Managing Agents that meet the ‘Materiality of Change’ criteria (see 2026 LCM Guidance &amp; Instructions). Nil return required for all other Managing Agents.</x:t>
   </x:si>
   <x:si>
     <x:t>Treaty Waiver Declaration - Including Member-Level Reinsurance request, Transfer Pricing sign-off &amp; Reporting Uncertain Tax Positions. Returned to tax operations. Sent via the FAL Online Portal</x:t>
   </x:si>
   <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: 2027 Delegation of Authority process</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Request raised by Lloyd's Europe UK Branch for all Managing Agents to submit authority requests for their seconded underwriters for the 2027 underwriting year. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Service Company Audit Template (for  Service Companies based in Singapore only)</x:t>
   </x:si>
   <x:si>
     <x:t>Submission to LA</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Submission to LA on the 2nd working day of each month
 </x:t>
   </x:si>
   <x:si>
     <x:t>Q4 2026: GAREAT Large risk return to Lloyd’s Europe in France for period 1 January 2026 to 10 December 2026</x:t>
   </x:si>
   <x:si>
     <x:t>For period 1 January 2026 to 10 December 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Part VII December Submission (Monthly &amp; Initial Load catch-up)</x:t>
   </x:si>
   <x:si>
     <x:t>In-scope Part VII Syndicates to submit Part VII Monthly data (as at 30/11/2026) via Market Data Collection (MDC) website against the December submission business events (and initial load catch-up file if required). Submission window opens on the 01/12/2026 and closes on the 14/12/2026 at 2PM UK Time.</x:t>
   </x:si>
   <x:si>
     <x:t>Request sent to managing agents to submit completed template relating to policyholders who meet the definition of an 'eligible complainant' to meet Lloyd's FCA reporting requirements via the Optalitix platform with the declaration that all complaints relating to policyholders have been notified to Lloyd’s under the Complaints Handling Code uploaded to SecureShare with a 4 week deadline.</x:t>
   </x:si>
   <x:si>
+    <x:t>Australian Terrorism - ARPC Scheme Option</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Managing Agents to submit their syndicate’s opt in letter to the Australian Reinsurance Pool Corporation for the 2024 calendar year to International Regulatory Affairs via SecureShare.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Submit details of Investment income and Capital Gains and Losses on all NON-US DOLLAR syndicate funds for preparation of the US Tax Reports for US members to enable them to file their personal Tax Returns. Available on Core Market Returns</x:t>
   </x:si>
   <x:si>
     <x:t>Managing agents to submit Performance Management Data Return for December 2026 before 14:00 via Market Data Collection (MDC)</x:t>
   </x:si>
   <x:si>
     <x:t>Data Call: US Louisiana Homeowners' insurance policies, Q4 Report</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing Agents who have previously submitted data must complete the Louisiana Department of Insurance template of the homeowner's policy details for Q4 2026 and upload to US Louisiana homeowner insurance policies SecureShare website. Managing agents who did not submit data previously, but have Louisiana homeowners’ policies that fall within the scope of the three‑year rule (based on the moving reporting period), should contact USEnquiries@lloyds.com for further instructions. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Terrorism - ARPC Q4 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Managing agents to submit the Quarter 4 Australian Reinsurance Pool Corporation to International Affairs via SecureShare.	</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd's Europe Managing Agents: IDD H2 Breach Report 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lloyd's Europe Seconded Underwriters: Quarterly file reviews of IDD business - Q4</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing Agents who have previously submitted data must complete the Louisiana Department of Insurance template of the homeowner's policy details for Q1 2027 and upload to US Louisiana homeowner insurance policies SecureShare website. Managing agents who did not submit data previously, but have Louisiana homeowners’ policies that fall within the scope of the three‑year rule (based on the moving reporting period), should contact USEnquiries@lloyds.com for further instructions. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Managing Agents who have previously submitted data must complete the Louisiana Department of Insurance template of the homeowner's policy details for Q2 2027 and upload to US Louisiana homeowner insurance policies SecureShare website. Managing agents who did not submit data previously, but have Louisiana homeowners’ policies that fall within the scope of the three‑year rule (based on the moving reporting period), should contact USEnquiries@lloyds.com for further instructions. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="dd MMM yyyy"/>
   </x:numFmts>
   <x:fonts count="5">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -1811,52 +1731,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A10:R291" totalsRowShown="0">
-  <x:autoFilter ref="A10:R291"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A10:R281" totalsRowShown="0">
+  <x:autoFilter ref="A10:R281"/>
   <x:tableColumns count="18">
     <x:tableColumn id="1" name="Current Deadline"/>
     <x:tableColumn id="2" name="Deadline Time"/>
     <x:tableColumn id="3" name="Original Deadline"/>
     <x:tableColumn id="4" name="Title"/>
     <x:tableColumn id="5" name="Market Participant"/>
     <x:tableColumn id="6" name="Submission Link"/>
     <x:tableColumn id="7" name="Submission Instructions"/>
     <x:tableColumn id="8" name="Primary Contact Name"/>
     <x:tableColumn id="9" name="Primary Contact Title"/>
     <x:tableColumn id="10" name="Primary Contact Phone"/>
     <x:tableColumn id="11" name="Primary Contact Email"/>
     <x:tableColumn id="12" name="Secondary Contact Name"/>
     <x:tableColumn id="13" name="Secondary Contact Title"/>
     <x:tableColumn id="14" name="Secondary Contact Phone"/>
     <x:tableColumn id="15" name="Secondary Contact Email"/>
     <x:tableColumn id="16" name="AdditionalInformation"/>
     <x:tableColumn id="17" name="Region"/>
     <x:tableColumn id="18" name="Categories"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2128,118 +2048,118 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:R291"/>
+  <x:dimension ref="A1:R281"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="19" max="16384" width="9.140625" style="1" customWidth="1"/>
     <x:col min="1" max="1" width="24.170625" style="2" customWidth="1"/>
     <x:col min="2" max="2" width="16.835425" style="3" customWidth="1"/>
     <x:col min="3" max="3" width="40.960625" style="2" customWidth="1"/>
     <x:col min="4" max="4" width="40.710625" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="29.050625" style="3" customWidth="1"/>
     <x:col min="6" max="7" width="40.710625" style="3" customWidth="1"/>
-    <x:col min="8" max="8" width="23.815425" style="3" customWidth="1"/>
+    <x:col min="8" max="8" width="39.220625" style="3" customWidth="1"/>
     <x:col min="9" max="9" width="40.710625" style="3" customWidth="1"/>
     <x:col min="10" max="10" width="24.245425" style="3" customWidth="1"/>
-    <x:col min="11" max="11" width="35.640625" style="3" customWidth="1"/>
+    <x:col min="11" max="11" width="38.600625" style="3" customWidth="1"/>
     <x:col min="12" max="12" width="26.365425" style="3" customWidth="1"/>
     <x:col min="13" max="13" width="31.800625" style="3" customWidth="1"/>
     <x:col min="14" max="14" width="26.795425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="38.600625" style="3" customWidth="1"/>
     <x:col min="16" max="17" width="40.710625" style="3" customWidth="1"/>
     <x:col min="18" max="18" width="40.710625" style="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:18">
       <x:c r="C1" s="4" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:18">
       <x:c r="A3" s="5" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="5">
-        <x:v>46057</x:v>
+        <x:v>46104</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:18">
       <x:c r="A4" s="5" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:18">
       <x:c r="A5" s="5" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:18">
       <x:c r="A6" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:18">
       <x:c r="A7" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="5">
-        <x:v>46057</x:v>
+        <x:v>46104</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:18">
       <x:c r="A8" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="5" t="s"/>
     </x:row>
     <x:row r="10" spans="1:18">
       <x:c r="A10" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D10" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
@@ -2262,10918 +2182,10528 @@
       </x:c>
       <x:c r="L10" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="M10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="N10" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O10" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P10" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="9" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:18">
       <x:c r="A11" s="10">
-        <x:v>46059</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B11" s="11" t="s"/>
       <x:c r="C11" s="10" t="s"/>
       <x:c r="D11" s="11" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E11" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F11" s="11" t="s"/>
       <x:c r="G11" s="11" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H11" s="11" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="I11" s="11" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="J11" s="11" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="K11" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K11" s="11" t="s"/>
       <x:c r="L11" s="11" t="s"/>
       <x:c r="M11" s="11" t="s"/>
       <x:c r="N11" s="11" t="s"/>
       <x:c r="O11" s="11" t="s"/>
       <x:c r="P11" s="11" t="s"/>
       <x:c r="Q11" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R11" s="12" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:18">
       <x:c r="A12" s="2">
-        <x:v>46059</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="2" t="s"/>
       <x:c r="D12" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="s"/>
+      <x:c r="G12" s="3" t="s"/>
+      <x:c r="H12" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F12" s="3" t="s"/>
-      <x:c r="G12" s="3" t="s">
+      <x:c r="I12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="H12" s="3" t="s"/>
-      <x:c r="I12" s="3" t="s"/>
       <x:c r="J12" s="3" t="s"/>
       <x:c r="K12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L12" s="3" t="s"/>
       <x:c r="M12" s="3" t="s"/>
       <x:c r="N12" s="3" t="s"/>
       <x:c r="O12" s="3" t="s"/>
-      <x:c r="P12" s="3" t="s">
+      <x:c r="P12" s="3" t="s"/>
+      <x:c r="Q12" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R12" s="1" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:18">
       <x:c r="A13" s="10">
-        <x:v>46059</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46106</x:v>
+      </x:c>
+      <x:c r="B13" s="11" t="s"/>
       <x:c r="C13" s="10" t="s"/>
       <x:c r="D13" s="11" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E13" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F13" s="11" t="s"/>
-      <x:c r="G13" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G13" s="11" t="s"/>
       <x:c r="H13" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I13" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J13" s="11" t="s"/>
       <x:c r="K13" s="11" t="s">
-        <x:v>48</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L13" s="11" t="s"/>
+      <x:c r="M13" s="11" t="s"/>
       <x:c r="N13" s="11" t="s"/>
-      <x:c r="O13" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O13" s="11" t="s"/>
       <x:c r="P13" s="11" t="s"/>
       <x:c r="Q13" s="11" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R13" s="12" t="s"/>
     </x:row>
     <x:row r="14" spans="1:18">
       <x:c r="A14" s="2">
-        <x:v>46062</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s"/>
       <x:c r="D14" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s"/>
       <x:c r="G14" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J14" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J14" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K14" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L14" s="3" t="s"/>
       <x:c r="M14" s="3" t="s"/>
       <x:c r="N14" s="3" t="s"/>
       <x:c r="O14" s="3" t="s"/>
       <x:c r="P14" s="3" t="s"/>
       <x:c r="Q14" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:18">
       <x:c r="A15" s="10">
-        <x:v>46062</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B15" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C15" s="10" t="s"/>
       <x:c r="D15" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E15" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F15" s="11" t="s"/>
       <x:c r="G15" s="11" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I15" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J15" s="11" t="s"/>
       <x:c r="K15" s="11" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-      <x:c r="M15" s="11" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="L15" s="11" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="M15" s="11" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="N15" s="11" t="s"/>
-      <x:c r="O15" s="11" t="s"/>
+      <x:c r="O15" s="11" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="P15" s="11" t="s"/>
       <x:c r="Q15" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R15" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:18">
       <x:c r="A16" s="2">
-        <x:v>46062</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C16" s="2" t="s"/>
       <x:c r="D16" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s"/>
       <x:c r="G16" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H16" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I16" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J16" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="H16" s="3" t="s">
-[...5 lines deleted...]
-      <x:c r="J16" s="3" t="s"/>
       <x:c r="K16" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L16" s="3" t="s"/>
       <x:c r="M16" s="3" t="s"/>
       <x:c r="N16" s="3" t="s"/>
       <x:c r="O16" s="3" t="s"/>
       <x:c r="P16" s="3" t="s"/>
       <x:c r="Q16" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:18">
       <x:c r="A17" s="10">
-        <x:v>46063</x:v>
-[...1 lines deleted...]
-      <x:c r="B17" s="11" t="s"/>
+        <x:v>46108</x:v>
+      </x:c>
+      <x:c r="B17" s="11" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="C17" s="10" t="s"/>
       <x:c r="D17" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E17" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F17" s="11" t="s"/>
       <x:c r="G17" s="11" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H17" s="11" t="s"/>
       <x:c r="I17" s="11" t="s"/>
       <x:c r="J17" s="11" t="s"/>
       <x:c r="K17" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L17" s="11" t="s"/>
       <x:c r="M17" s="11" t="s"/>
       <x:c r="N17" s="11" t="s"/>
       <x:c r="O17" s="11" t="s"/>
       <x:c r="P17" s="11" t="s"/>
       <x:c r="Q17" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R17" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:18">
       <x:c r="A18" s="2">
-        <x:v>46064</x:v>
+        <x:v>46108</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s"/>
       <x:c r="D18" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s"/>
-      <x:c r="G18" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G18" s="3" t="s"/>
       <x:c r="H18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s"/>
       <x:c r="K18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L18" s="3" t="s"/>
       <x:c r="M18" s="3" t="s"/>
       <x:c r="N18" s="3" t="s"/>
       <x:c r="O18" s="3" t="s"/>
-      <x:c r="P18" s="3" t="s"/>
+      <x:c r="P18" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="Q18" s="3" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:18">
       <x:c r="A19" s="10">
-        <x:v>46065</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B19" s="11" t="s"/>
       <x:c r="C19" s="10" t="s"/>
       <x:c r="D19" s="11" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E19" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F19" s="11" t="s"/>
       <x:c r="G19" s="11" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H19" s="11" t="s"/>
       <x:c r="I19" s="11" t="s"/>
-      <x:c r="J19" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J19" s="11" t="s"/>
       <x:c r="K19" s="11" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L19" s="11" t="s"/>
       <x:c r="M19" s="11" t="s"/>
       <x:c r="N19" s="11" t="s"/>
       <x:c r="O19" s="11" t="s"/>
       <x:c r="P19" s="11" t="s"/>
       <x:c r="Q19" s="11" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R19" s="12" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:18">
       <x:c r="A20" s="2">
-        <x:v>46065</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46112</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="s"/>
       <x:c r="C20" s="2" t="s"/>
       <x:c r="D20" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s"/>
       <x:c r="G20" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J20" s="3" t="s"/>
       <x:c r="K20" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L20" s="3" t="s"/>
       <x:c r="M20" s="3" t="s"/>
       <x:c r="N20" s="3" t="s"/>
       <x:c r="O20" s="3" t="s"/>
       <x:c r="P20" s="3" t="s"/>
       <x:c r="Q20" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R20" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:18">
       <x:c r="A21" s="10">
-        <x:v>46065</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B21" s="11" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="10" t="s"/>
       <x:c r="D21" s="11" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E21" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F21" s="11" t="s"/>
       <x:c r="G21" s="11" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      <x:c r="J21" s="11" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H21" s="11" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I21" s="11" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J21" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K21" s="11" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L21" s="11" t="s"/>
       <x:c r="M21" s="11" t="s"/>
-      <x:c r="N21" s="11" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N21" s="11" t="s"/>
+      <x:c r="O21" s="11" t="s"/>
       <x:c r="P21" s="11" t="s"/>
       <x:c r="Q21" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R21" s="12" t="s"/>
     </x:row>
     <x:row r="22" spans="1:18">
       <x:c r="A22" s="2">
-        <x:v>46066</x:v>
+        <x:v>46114</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s"/>
       <x:c r="D22" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s"/>
       <x:c r="G22" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J22" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="J22" s="3" t="s"/>
       <x:c r="K22" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L22" s="3" t="s"/>
       <x:c r="M22" s="3" t="s"/>
       <x:c r="N22" s="3" t="s"/>
       <x:c r="O22" s="3" t="s"/>
       <x:c r="P22" s="3" t="s"/>
       <x:c r="Q22" s="3" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:18">
       <x:c r="A23" s="10">
-        <x:v>46066</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46115</x:v>
+      </x:c>
+      <x:c r="B23" s="11" t="s"/>
       <x:c r="C23" s="10" t="s"/>
       <x:c r="D23" s="11" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E23" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F23" s="11" t="s"/>
       <x:c r="G23" s="11" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H23" s="11" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="I23" s="11" t="s"/>
-[...1 lines deleted...]
-      <x:c r="K23" s="11" t="s">
+      <x:c r="I23" s="11" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J23" s="11" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="K23" s="11" t="s"/>
       <x:c r="L23" s="11" t="s"/>
       <x:c r="M23" s="11" t="s"/>
       <x:c r="N23" s="11" t="s"/>
       <x:c r="O23" s="11" t="s"/>
       <x:c r="P23" s="11" t="s"/>
       <x:c r="Q23" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R23" s="12" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:18">
       <x:c r="A24" s="2">
-        <x:v>46069</x:v>
-[...1 lines deleted...]
-      <x:c r="B24" s="3" t="s"/>
+        <x:v>46115</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C24" s="2" t="s"/>
       <x:c r="D24" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s"/>
-      <x:c r="G24" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G24" s="3" t="s"/>
       <x:c r="H24" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I24" s="3" t="s">
-        <x:v>100</x:v>
-[...4 lines deleted...]
-      <x:c r="K24" s="3" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J24" s="3" t="s"/>
+      <x:c r="K24" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="L24" s="3" t="s"/>
       <x:c r="M24" s="3" t="s"/>
       <x:c r="N24" s="3" t="s"/>
       <x:c r="O24" s="3" t="s"/>
       <x:c r="P24" s="3" t="s"/>
       <x:c r="Q24" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R24" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:18">
       <x:c r="A25" s="10">
-        <x:v>46069</x:v>
+        <x:v>46120</x:v>
       </x:c>
       <x:c r="B25" s="11" t="s"/>
       <x:c r="C25" s="10" t="s"/>
       <x:c r="D25" s="11" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E25" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F25" s="11" t="s"/>
-      <x:c r="G25" s="11" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="G25" s="11" t="s"/>
+      <x:c r="H25" s="11" t="s"/>
+      <x:c r="I25" s="11" t="s"/>
+      <x:c r="J25" s="11" t="s"/>
       <x:c r="K25" s="11" t="s"/>
-      <x:c r="L25" s="11" t="s"/>
-      <x:c r="M25" s="11" t="s"/>
+      <x:c r="L25" s="11" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="M25" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="N25" s="11" t="s"/>
-      <x:c r="O25" s="11" t="s"/>
+      <x:c r="O25" s="11" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="P25" s="11" t="s"/>
-      <x:c r="Q25" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="Q25" s="11" t="s"/>
       <x:c r="R25" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:18">
       <x:c r="A26" s="2">
-        <x:v>46069</x:v>
+        <x:v>46122</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s"/>
       <x:c r="C26" s="2" t="s"/>
       <x:c r="D26" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s"/>
       <x:c r="G26" s="3" t="s">
-        <x:v>106</x:v>
-[...10 lines deleted...]
-      <x:c r="K26" s="3" t="s"/>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="s"/>
+      <x:c r="I26" s="3" t="s"/>
+      <x:c r="J26" s="3" t="s"/>
+      <x:c r="K26" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="L26" s="3" t="s"/>
       <x:c r="M26" s="3" t="s"/>
       <x:c r="N26" s="3" t="s"/>
       <x:c r="O26" s="3" t="s"/>
       <x:c r="P26" s="3" t="s"/>
       <x:c r="Q26" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:18">
       <x:c r="A27" s="10">
-        <x:v>46069</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46122</x:v>
+      </x:c>
+      <x:c r="B27" s="11" t="s"/>
       <x:c r="C27" s="10" t="s"/>
       <x:c r="D27" s="11" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E27" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F27" s="11" t="s"/>
-      <x:c r="G27" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G27" s="11" t="s"/>
       <x:c r="H27" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I27" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J27" s="11" t="s"/>
       <x:c r="K27" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L27" s="11" t="s"/>
       <x:c r="M27" s="11" t="s"/>
       <x:c r="N27" s="11" t="s"/>
       <x:c r="O27" s="11" t="s"/>
       <x:c r="P27" s="11" t="s"/>
       <x:c r="Q27" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R27" s="12" t="s">
-        <x:v>113</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:18">
       <x:c r="A28" s="2">
-        <x:v>46069</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46122</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="s"/>
       <x:c r="C28" s="2" t="s"/>
       <x:c r="D28" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s"/>
       <x:c r="G28" s="3" t="s">
-        <x:v>115</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H28" s="3" t="s"/>
+      <x:c r="I28" s="3" t="s"/>
       <x:c r="J28" s="3" t="s"/>
       <x:c r="K28" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L28" s="3" t="s"/>
       <x:c r="M28" s="3" t="s"/>
       <x:c r="N28" s="3" t="s"/>
       <x:c r="O28" s="3" t="s"/>
       <x:c r="P28" s="3" t="s"/>
       <x:c r="Q28" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R28" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:18">
       <x:c r="A29" s="10">
-        <x:v>46070</x:v>
-[...1 lines deleted...]
-      <x:c r="B29" s="11" t="s"/>
+        <x:v>46122</x:v>
+      </x:c>
+      <x:c r="B29" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C29" s="10" t="s"/>
       <x:c r="D29" s="11" t="s">
-        <x:v>117</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E29" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F29" s="11" t="s"/>
       <x:c r="G29" s="11" t="s">
-        <x:v>118</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H29" s="11" t="s">
-        <x:v>119</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I29" s="11" t="s"/>
+      <x:c r="J29" s="11" t="s"/>
       <x:c r="K29" s="11" t="s">
-        <x:v>122</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L29" s="11" t="s"/>
       <x:c r="M29" s="11" t="s"/>
       <x:c r="N29" s="11" t="s"/>
       <x:c r="O29" s="11" t="s"/>
       <x:c r="P29" s="11" t="s"/>
       <x:c r="Q29" s="11" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R29" s="12" t="s"/>
     </x:row>
     <x:row r="30" spans="1:18">
       <x:c r="A30" s="2">
-        <x:v>46070</x:v>
-[...1 lines deleted...]
-      <x:c r="B30" s="3" t="s"/>
+        <x:v>46125</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C30" s="2" t="s"/>
       <x:c r="D30" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s"/>
       <x:c r="G30" s="3" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-      <x:c r="I30" s="3" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H30" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="I30" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="J30" s="3" t="s"/>
       <x:c r="K30" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L30" s="3" t="s"/>
       <x:c r="M30" s="3" t="s"/>
       <x:c r="N30" s="3" t="s"/>
       <x:c r="O30" s="3" t="s"/>
-      <x:c r="P30" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P30" s="3" t="s"/>
       <x:c r="Q30" s="3" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:18">
       <x:c r="A31" s="10">
-        <x:v>46071</x:v>
+        <x:v>46126</x:v>
       </x:c>
       <x:c r="B31" s="11" t="s"/>
       <x:c r="C31" s="10" t="s"/>
       <x:c r="D31" s="11" t="s">
-        <x:v>125</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E31" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F31" s="11" t="s"/>
       <x:c r="G31" s="11" t="s"/>
-      <x:c r="H31" s="11" t="s"/>
-      <x:c r="I31" s="11" t="s"/>
+      <x:c r="H31" s="11" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I31" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J31" s="11" t="s"/>
       <x:c r="K31" s="11" t="s">
-        <x:v>126</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L31" s="11" t="s"/>
       <x:c r="M31" s="11" t="s"/>
       <x:c r="N31" s="11" t="s"/>
       <x:c r="O31" s="11" t="s"/>
-      <x:c r="P31" s="11" t="s"/>
+      <x:c r="P31" s="11" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="Q31" s="11" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="R31" s="12" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R31" s="12" t="s">
+        <x:v>112</x:v>
+      </x:c>
     </x:row>
     <x:row r="32" spans="1:18">
       <x:c r="A32" s="2">
-        <x:v>46071</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46127</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="s"/>
       <x:c r="C32" s="2" t="s"/>
       <x:c r="D32" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s"/>
       <x:c r="G32" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="I32" s="3" t="s"/>
       <x:c r="J32" s="3" t="s"/>
       <x:c r="K32" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L32" s="3" t="s"/>
       <x:c r="M32" s="3" t="s"/>
       <x:c r="N32" s="3" t="s"/>
       <x:c r="O32" s="3" t="s"/>
       <x:c r="P32" s="3" t="s"/>
       <x:c r="Q32" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R32" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:18">
       <x:c r="A33" s="10">
-        <x:v>46071</x:v>
+        <x:v>46127</x:v>
       </x:c>
       <x:c r="B33" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C33" s="10" t="s"/>
       <x:c r="D33" s="11" t="s">
-        <x:v>87</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E33" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F33" s="11" t="s"/>
       <x:c r="G33" s="11" t="s">
-        <x:v>129</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H33" s="11" t="s">
-        <x:v>89</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I33" s="11" t="s">
-        <x:v>50</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J33" s="11" t="s"/>
       <x:c r="K33" s="11" t="s">
-        <x:v>90</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L33" s="11" t="s"/>
       <x:c r="M33" s="11" t="s"/>
       <x:c r="N33" s="11" t="s"/>
       <x:c r="O33" s="11" t="s"/>
       <x:c r="P33" s="11" t="s"/>
       <x:c r="Q33" s="11" t="s">
-        <x:v>91</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R33" s="12" t="s">
-        <x:v>77</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:18">
       <x:c r="A34" s="2">
-        <x:v>46072</x:v>
-[...1 lines deleted...]
-      <x:c r="B34" s="3" t="s"/>
+        <x:v>46127</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C34" s="2" t="s"/>
       <x:c r="D34" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s"/>
       <x:c r="G34" s="3" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-      <x:c r="I34" s="3" t="s"/>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H34" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I34" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="J34" s="3" t="s"/>
       <x:c r="K34" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L34" s="3" t="s"/>
       <x:c r="M34" s="3" t="s"/>
       <x:c r="N34" s="3" t="s"/>
       <x:c r="O34" s="3" t="s"/>
-      <x:c r="P34" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P34" s="3" t="s"/>
       <x:c r="Q34" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R34" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:18">
       <x:c r="A35" s="10">
-        <x:v>46072</x:v>
-[...1 lines deleted...]
-      <x:c r="B35" s="11" t="s"/>
+        <x:v>46127</x:v>
+      </x:c>
+      <x:c r="B35" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C35" s="10" t="s"/>
       <x:c r="D35" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E35" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F35" s="11" t="s"/>
       <x:c r="G35" s="11" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      <x:c r="J35" s="11" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H35" s="11" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I35" s="11" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J35" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K35" s="11" t="s">
-        <x:v>134</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L35" s="11" t="s"/>
       <x:c r="M35" s="11" t="s"/>
       <x:c r="N35" s="11" t="s"/>
       <x:c r="O35" s="11" t="s"/>
-      <x:c r="P35" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P35" s="11" t="s"/>
       <x:c r="Q35" s="11" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R35" s="12" t="s"/>
     </x:row>
     <x:row r="36" spans="1:18">
       <x:c r="A36" s="2">
-        <x:v>46072</x:v>
+        <x:v>46127</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C36" s="2" t="s"/>
       <x:c r="D36" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s"/>
       <x:c r="G36" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
-        <x:v>138</x:v>
-[...1 lines deleted...]
-      <x:c r="I36" s="3" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I36" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="J36" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K36" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L36" s="3" t="s"/>
       <x:c r="M36" s="3" t="s"/>
       <x:c r="N36" s="3" t="s"/>
       <x:c r="O36" s="3" t="s"/>
       <x:c r="P36" s="3" t="s"/>
       <x:c r="Q36" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:18">
       <x:c r="A37" s="10">
-        <x:v>46072</x:v>
+        <x:v>46127</x:v>
       </x:c>
       <x:c r="B37" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C37" s="10" t="s"/>
       <x:c r="D37" s="11" t="s">
-        <x:v>141</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E37" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F37" s="11" t="s"/>
       <x:c r="G37" s="11" t="s">
-        <x:v>142</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H37" s="11" t="s"/>
+      <x:c r="I37" s="11" t="s"/>
       <x:c r="J37" s="11" t="s"/>
       <x:c r="K37" s="11" t="s">
-        <x:v>145</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L37" s="11" t="s">
-        <x:v>146</x:v>
-[...4 lines deleted...]
-      <x:c r="N37" s="11" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="M37" s="11" t="s"/>
+      <x:c r="N37" s="11" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="O37" s="11" t="s">
-        <x:v>148</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P37" s="11" t="s"/>
       <x:c r="Q37" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R37" s="12" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:18">
       <x:c r="A38" s="2">
-        <x:v>46073</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46128</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="s"/>
       <x:c r="C38" s="2" t="s"/>
       <x:c r="D38" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F38" s="3" t="s"/>
       <x:c r="G38" s="3" t="s">
-        <x:v>151</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="s"/>
+      <x:c r="I38" s="3" t="s"/>
       <x:c r="J38" s="3" t="s"/>
       <x:c r="K38" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L38" s="3" t="s"/>
       <x:c r="M38" s="3" t="s"/>
       <x:c r="N38" s="3" t="s"/>
       <x:c r="O38" s="3" t="s"/>
-      <x:c r="P38" s="3" t="s"/>
+      <x:c r="P38" s="3" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="Q38" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R38" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:18">
       <x:c r="A39" s="10">
-        <x:v>46077</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46128</x:v>
+      </x:c>
+      <x:c r="B39" s="11" t="s"/>
       <x:c r="C39" s="10" t="s"/>
       <x:c r="D39" s="11" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E39" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F39" s="11" t="s"/>
       <x:c r="G39" s="11" t="s">
-        <x:v>152</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H39" s="11" t="s"/>
+      <x:c r="I39" s="11" t="s"/>
       <x:c r="J39" s="11" t="s"/>
       <x:c r="K39" s="11" t="s">
-        <x:v>90</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L39" s="11" t="s"/>
       <x:c r="M39" s="11" t="s"/>
       <x:c r="N39" s="11" t="s"/>
       <x:c r="O39" s="11" t="s"/>
       <x:c r="P39" s="11" t="s"/>
       <x:c r="Q39" s="11" t="s">
-        <x:v>91</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R39" s="12" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:18">
       <x:c r="A40" s="2">
-        <x:v>46079</x:v>
-[...1 lines deleted...]
-      <x:c r="B40" s="3" t="s"/>
+        <x:v>46128</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C40" s="2" t="s"/>
       <x:c r="D40" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s"/>
-      <x:c r="G40" s="3" t="s"/>
+      <x:c r="G40" s="3" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="H40" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I40" s="3" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="J40" s="3" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J40" s="3" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K40" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L40" s="3" t="s"/>
       <x:c r="M40" s="3" t="s"/>
       <x:c r="N40" s="3" t="s"/>
       <x:c r="O40" s="3" t="s"/>
       <x:c r="P40" s="3" t="s"/>
       <x:c r="Q40" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R40" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:18">
       <x:c r="A41" s="10">
-        <x:v>46079</x:v>
+        <x:v>46128</x:v>
       </x:c>
       <x:c r="B41" s="11" t="s">
-        <x:v>149</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C41" s="10" t="s"/>
       <x:c r="D41" s="11" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E41" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F41" s="11" t="s"/>
       <x:c r="G41" s="11" t="s">
-        <x:v>159</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H41" s="11" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I41" s="11" t="s"/>
       <x:c r="J41" s="11" t="s"/>
       <x:c r="K41" s="11" t="s">
-        <x:v>162</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L41" s="11" t="s"/>
       <x:c r="M41" s="11" t="s"/>
       <x:c r="N41" s="11" t="s"/>
       <x:c r="O41" s="11" t="s"/>
       <x:c r="P41" s="11" t="s"/>
-      <x:c r="Q41" s="11" t="s"/>
+      <x:c r="Q41" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
       <x:c r="R41" s="12" t="s">
-        <x:v>86</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:18">
       <x:c r="A42" s="2">
-        <x:v>46080</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46129</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="s"/>
       <x:c r="C42" s="2" t="s"/>
       <x:c r="D42" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F42" s="3" t="s"/>
       <x:c r="G42" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H42" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I42" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J42" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K42" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L42" s="3" t="s"/>
       <x:c r="M42" s="3" t="s"/>
       <x:c r="N42" s="3" t="s"/>
       <x:c r="O42" s="3" t="s"/>
       <x:c r="P42" s="3" t="s"/>
       <x:c r="Q42" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R42" s="1" t="s">
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:18">
       <x:c r="A43" s="10">
-        <x:v>46080</x:v>
+        <x:v>46129</x:v>
       </x:c>
       <x:c r="B43" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C43" s="10" t="s"/>
       <x:c r="D43" s="11" t="s">
-        <x:v>170</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E43" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F43" s="11" t="s"/>
       <x:c r="G43" s="11" t="s">
-        <x:v>171</x:v>
-[...4 lines deleted...]
-      <x:c r="K43" s="11" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H43" s="11" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I43" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J43" s="11" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K43" s="11" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="L43" s="11" t="s"/>
       <x:c r="M43" s="11" t="s"/>
       <x:c r="N43" s="11" t="s"/>
       <x:c r="O43" s="11" t="s"/>
-      <x:c r="P43" s="11" t="s"/>
+      <x:c r="P43" s="11" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="Q43" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R43" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:18">
       <x:c r="A44" s="2">
-        <x:v>46080</x:v>
+        <x:v>46132</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C44" s="2" t="s"/>
       <x:c r="D44" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s"/>
       <x:c r="G44" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J44" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K44" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L44" s="3" t="s"/>
       <x:c r="M44" s="3" t="s"/>
       <x:c r="N44" s="3" t="s"/>
       <x:c r="O44" s="3" t="s"/>
       <x:c r="P44" s="3" t="s"/>
       <x:c r="Q44" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R44" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:18">
       <x:c r="A45" s="10">
-        <x:v>46080</x:v>
+        <x:v>46133</x:v>
       </x:c>
       <x:c r="B45" s="11" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C45" s="10" t="s"/>
       <x:c r="D45" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E45" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F45" s="11" t="s"/>
       <x:c r="G45" s="11" t="s">
-        <x:v>174</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H45" s="11" t="s"/>
+      <x:c r="I45" s="11" t="s"/>
       <x:c r="J45" s="11" t="s"/>
       <x:c r="K45" s="11" t="s">
-        <x:v>58</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L45" s="11" t="s"/>
       <x:c r="M45" s="11" t="s"/>
       <x:c r="N45" s="11" t="s"/>
       <x:c r="O45" s="11" t="s"/>
       <x:c r="P45" s="11" t="s"/>
       <x:c r="Q45" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R45" s="12" t="s"/>
     </x:row>
     <x:row r="46" spans="1:18">
       <x:c r="A46" s="2">
-        <x:v>46083</x:v>
-[...1 lines deleted...]
-      <x:c r="B46" s="3" t="s"/>
+        <x:v>46134</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C46" s="2" t="s"/>
       <x:c r="D46" s="3" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E46" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F46" s="3" t="s"/>
+      <x:c r="G46" s="3" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E46" s="3" t="s">
-[...6 lines deleted...]
-      </x:c>
       <x:c r="I46" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J46" s="3" t="s"/>
       <x:c r="K46" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L46" s="3" t="s"/>
       <x:c r="M46" s="3" t="s"/>
       <x:c r="N46" s="3" t="s"/>
       <x:c r="O46" s="3" t="s"/>
       <x:c r="P46" s="3" t="s"/>
       <x:c r="Q46" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R46" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:18">
       <x:c r="A47" s="10">
-        <x:v>46083</x:v>
+        <x:v>46136</x:v>
       </x:c>
       <x:c r="B47" s="11" t="s"/>
       <x:c r="C47" s="10" t="s"/>
       <x:c r="D47" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E47" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F47" s="11" t="s"/>
-      <x:c r="G47" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G47" s="11" t="s"/>
       <x:c r="H47" s="11" t="s">
-        <x:v>177</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I47" s="11" t="s">
-        <x:v>178</x:v>
-[...4 lines deleted...]
-      <x:c r="K47" s="11" t="s"/>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="J47" s="11" t="s"/>
+      <x:c r="K47" s="11" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="L47" s="11" t="s"/>
       <x:c r="M47" s="11" t="s"/>
       <x:c r="N47" s="11" t="s"/>
       <x:c r="O47" s="11" t="s"/>
       <x:c r="P47" s="11" t="s"/>
       <x:c r="Q47" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R47" s="12" t="s"/>
     </x:row>
     <x:row r="48" spans="1:18">
       <x:c r="A48" s="2">
-        <x:v>46083</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46136</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="s"/>
       <x:c r="C48" s="2" t="s"/>
       <x:c r="D48" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F48" s="3" t="s"/>
       <x:c r="G48" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="s"/>
+      <x:c r="I48" s="3" t="s"/>
+      <x:c r="J48" s="3" t="s"/>
+      <x:c r="K48" s="3" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
       <x:c r="L48" s="3" t="s"/>
       <x:c r="M48" s="3" t="s"/>
       <x:c r="N48" s="3" t="s"/>
       <x:c r="O48" s="3" t="s"/>
-      <x:c r="P48" s="3" t="s"/>
+      <x:c r="P48" s="3" t="s">
+        <x:v>183</x:v>
+      </x:c>
       <x:c r="Q48" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R48" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:18">
       <x:c r="A49" s="10">
-        <x:v>46083</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46136</x:v>
+      </x:c>
+      <x:c r="B49" s="11" t="s"/>
       <x:c r="C49" s="10" t="s"/>
       <x:c r="D49" s="11" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E49" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F49" s="11" t="s"/>
       <x:c r="G49" s="11" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H49" s="11" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="I49" s="11" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="H49" s="11" t="s">
+      <x:c r="J49" s="11" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="I49" s="11" t="s">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="K49" s="11" t="s"/>
       <x:c r="L49" s="11" t="s"/>
       <x:c r="M49" s="11" t="s"/>
       <x:c r="N49" s="11" t="s"/>
       <x:c r="O49" s="11" t="s"/>
       <x:c r="P49" s="11" t="s"/>
       <x:c r="Q49" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R49" s="12" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:18">
       <x:c r="A50" s="2">
-        <x:v>46084</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46136</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="s"/>
       <x:c r="C50" s="2" t="s"/>
       <x:c r="D50" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F50" s="3" t="s"/>
       <x:c r="G50" s="3" t="s">
-        <x:v>193</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="s"/>
+      <x:c r="I50" s="3" t="s"/>
+      <x:c r="J50" s="3" t="s"/>
       <x:c r="K50" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L50" s="3" t="s"/>
       <x:c r="M50" s="3" t="s"/>
       <x:c r="N50" s="3" t="s"/>
       <x:c r="O50" s="3" t="s"/>
-      <x:c r="P50" s="3" t="s"/>
+      <x:c r="P50" s="3" t="s">
+        <x:v>192</x:v>
+      </x:c>
       <x:c r="Q50" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="R50" s="1" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:18">
       <x:c r="A51" s="10">
-        <x:v>46086</x:v>
+        <x:v>46140</x:v>
       </x:c>
       <x:c r="B51" s="11" t="s"/>
       <x:c r="C51" s="10" t="s"/>
       <x:c r="D51" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E51" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F51" s="11" t="s"/>
       <x:c r="G51" s="11" t="s">
-        <x:v>194</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H51" s="11" t="s"/>
+      <x:c r="I51" s="11" t="s"/>
       <x:c r="J51" s="11" t="s"/>
       <x:c r="K51" s="11" t="s">
-        <x:v>58</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L51" s="11" t="s"/>
       <x:c r="M51" s="11" t="s"/>
       <x:c r="N51" s="11" t="s"/>
       <x:c r="O51" s="11" t="s"/>
       <x:c r="P51" s="11" t="s"/>
       <x:c r="Q51" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R51" s="12" t="s">
-        <x:v>59</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:18">
       <x:c r="A52" s="2">
-        <x:v>46086</x:v>
-[...1 lines deleted...]
-      <x:c r="B52" s="3" t="s"/>
+        <x:v>46140</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C52" s="2" t="s"/>
       <x:c r="D52" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s"/>
-      <x:c r="G52" s="3" t="s"/>
+      <x:c r="G52" s="3" t="s">
+        <x:v>194</x:v>
+      </x:c>
       <x:c r="H52" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I52" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J52" s="3" t="s"/>
       <x:c r="K52" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L52" s="3" t="s"/>
       <x:c r="M52" s="3" t="s"/>
       <x:c r="N52" s="3" t="s"/>
       <x:c r="O52" s="3" t="s"/>
       <x:c r="P52" s="3" t="s"/>
       <x:c r="Q52" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R52" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:18">
       <x:c r="A53" s="10">
-        <x:v>46086</x:v>
+        <x:v>46142</x:v>
       </x:c>
       <x:c r="B53" s="11" t="s"/>
       <x:c r="C53" s="10" t="s"/>
       <x:c r="D53" s="11" t="s">
-        <x:v>196</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E53" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F53" s="11" t="s"/>
       <x:c r="G53" s="11" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H53" s="11" t="s">
-        <x:v>198</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I53" s="11" t="s">
-        <x:v>199</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J53" s="11" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="K53" s="11" t="s">
-        <x:v>201</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L53" s="11" t="s"/>
       <x:c r="M53" s="11" t="s"/>
       <x:c r="N53" s="11" t="s"/>
       <x:c r="O53" s="11" t="s"/>
       <x:c r="P53" s="11" t="s"/>
       <x:c r="Q53" s="11" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R53" s="12" t="s"/>
     </x:row>
     <x:row r="54" spans="1:18">
       <x:c r="A54" s="2">
-        <x:v>46086</x:v>
+        <x:v>46142</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s"/>
       <x:c r="C54" s="2" t="s"/>
       <x:c r="D54" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F54" s="3" t="s"/>
       <x:c r="G54" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H54" s="3" t="s"/>
       <x:c r="I54" s="3" t="s"/>
       <x:c r="J54" s="3" t="s"/>
       <x:c r="K54" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L54" s="3" t="s"/>
       <x:c r="M54" s="3" t="s"/>
       <x:c r="N54" s="3" t="s"/>
       <x:c r="O54" s="3" t="s"/>
-      <x:c r="P54" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P54" s="3" t="s"/>
       <x:c r="Q54" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R54" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:18">
       <x:c r="A55" s="10">
-        <x:v>46086</x:v>
+        <x:v>46142</x:v>
       </x:c>
       <x:c r="B55" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C55" s="10" t="s"/>
       <x:c r="D55" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E55" s="11" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="F55" s="11" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F55" s="11" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="G55" s="11" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H55" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I55" s="11" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J55" s="11" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J55" s="11" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="K55" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L55" s="11" t="s"/>
       <x:c r="M55" s="11" t="s"/>
       <x:c r="N55" s="11" t="s"/>
       <x:c r="O55" s="11" t="s"/>
       <x:c r="P55" s="11" t="s"/>
-      <x:c r="Q55" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="Q55" s="11" t="s"/>
       <x:c r="R55" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:18">
       <x:c r="A56" s="2">
-        <x:v>46087</x:v>
+        <x:v>46142</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C56" s="2" t="s"/>
       <x:c r="D56" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F56" s="3" t="s"/>
       <x:c r="G56" s="3" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H56" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="H56" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I56" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J56" s="3" t="s"/>
       <x:c r="K56" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L56" s="3" t="s"/>
       <x:c r="M56" s="3" t="s"/>
       <x:c r="N56" s="3" t="s"/>
       <x:c r="O56" s="3" t="s"/>
       <x:c r="P56" s="3" t="s"/>
       <x:c r="Q56" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R56" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:18">
       <x:c r="A57" s="10">
-        <x:v>46091</x:v>
-[...1 lines deleted...]
-      <x:c r="B57" s="11" t="s"/>
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B57" s="11" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="C57" s="10" t="s"/>
       <x:c r="D57" s="11" t="s">
-        <x:v>35</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E57" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F57" s="11" t="s"/>
       <x:c r="G57" s="11" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H57" s="11" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="I57" s="11" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="H57" s="11" t="s"/>
-      <x:c r="I57" s="11" t="s"/>
       <x:c r="J57" s="11" t="s"/>
       <x:c r="K57" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L57" s="11" t="s"/>
       <x:c r="M57" s="11" t="s"/>
       <x:c r="N57" s="11" t="s"/>
       <x:c r="O57" s="11" t="s"/>
-      <x:c r="P57" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P57" s="11" t="s"/>
       <x:c r="Q57" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R57" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:18">
       <x:c r="A58" s="2">
-        <x:v>46093</x:v>
-[...1 lines deleted...]
-      <x:c r="B58" s="3" t="s"/>
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="C58" s="2" t="s"/>
       <x:c r="D58" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E58" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F58" s="3" t="s"/>
       <x:c r="G58" s="3" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-      <x:c r="I58" s="3" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H58" s="3" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="I58" s="3" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J58" s="3" t="s"/>
       <x:c r="K58" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L58" s="3" t="s"/>
       <x:c r="M58" s="3" t="s"/>
       <x:c r="N58" s="3" t="s"/>
       <x:c r="O58" s="3" t="s"/>
-      <x:c r="P58" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P58" s="3" t="s"/>
       <x:c r="Q58" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R58" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:18">
       <x:c r="A59" s="10">
-        <x:v>46093</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46143</x:v>
+      </x:c>
+      <x:c r="B59" s="11" t="s"/>
       <x:c r="C59" s="10" t="s"/>
       <x:c r="D59" s="11" t="s">
-        <x:v>212</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E59" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F59" s="11" t="s"/>
       <x:c r="G59" s="11" t="s">
-        <x:v>213</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H59" s="11" t="s"/>
+      <x:c r="I59" s="11" t="s"/>
       <x:c r="J59" s="11" t="s"/>
       <x:c r="K59" s="11" t="s">
-        <x:v>215</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L59" s="11" t="s"/>
       <x:c r="M59" s="11" t="s"/>
       <x:c r="N59" s="11" t="s"/>
       <x:c r="O59" s="11" t="s"/>
-      <x:c r="P59" s="11" t="s"/>
+      <x:c r="P59" s="11" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="Q59" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R59" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:18">
       <x:c r="A60" s="2">
-        <x:v>46093</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46143</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="s"/>
       <x:c r="C60" s="2" t="s"/>
       <x:c r="D60" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E60" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F60" s="3" t="s"/>
-      <x:c r="G60" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G60" s="3" t="s"/>
       <x:c r="H60" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I60" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J60" s="3" t="s"/>
       <x:c r="K60" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L60" s="3" t="s"/>
       <x:c r="M60" s="3" t="s"/>
       <x:c r="N60" s="3" t="s"/>
       <x:c r="O60" s="3" t="s"/>
-      <x:c r="P60" s="3" t="s"/>
+      <x:c r="P60" s="3" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="Q60" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R60" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:18">
       <x:c r="A61" s="10">
-        <x:v>46094</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46143</x:v>
+      </x:c>
+      <x:c r="B61" s="11" t="s"/>
       <x:c r="C61" s="10" t="s"/>
       <x:c r="D61" s="11" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E61" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F61" s="11" t="s"/>
-      <x:c r="G61" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G61" s="11" t="s"/>
       <x:c r="H61" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I61" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J61" s="11" t="s"/>
       <x:c r="K61" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L61" s="11" t="s"/>
       <x:c r="M61" s="11" t="s"/>
       <x:c r="N61" s="11" t="s"/>
       <x:c r="O61" s="11" t="s"/>
-      <x:c r="P61" s="11" t="s"/>
+      <x:c r="P61" s="11" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="Q61" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R61" s="12" t="s"/>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R61" s="12" t="s">
+        <x:v>112</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:18">
       <x:c r="A62" s="2">
-        <x:v>46094</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46143</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="s"/>
       <x:c r="C62" s="2" t="s"/>
       <x:c r="D62" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E62" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F62" s="3" t="s"/>
       <x:c r="G62" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="H62" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H62" s="3" t="s"/>
       <x:c r="I62" s="3" t="s"/>
       <x:c r="J62" s="3" t="s"/>
       <x:c r="K62" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L62" s="3" t="s"/>
       <x:c r="M62" s="3" t="s"/>
       <x:c r="N62" s="3" t="s"/>
       <x:c r="O62" s="3" t="s"/>
       <x:c r="P62" s="3" t="s"/>
       <x:c r="Q62" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R62" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:18">
       <x:c r="A63" s="10">
-        <x:v>46097</x:v>
-[...1 lines deleted...]
-      <x:c r="B63" s="11" t="s"/>
+        <x:v>46143</x:v>
+      </x:c>
+      <x:c r="B63" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C63" s="10" t="s"/>
       <x:c r="D63" s="11" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E63" s="11" t="s">
-        <x:v>27</x:v>
-[...2 lines deleted...]
-      <x:c r="G63" s="11" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F63" s="11" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="G63" s="11" t="s">
+        <x:v>224</x:v>
+      </x:c>
       <x:c r="H63" s="11" t="s">
-        <x:v>223</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I63" s="11" t="s">
-        <x:v>224</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J63" s="11" t="s"/>
       <x:c r="K63" s="11" t="s">
-        <x:v>225</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L63" s="11" t="s"/>
       <x:c r="M63" s="11" t="s"/>
       <x:c r="N63" s="11" t="s"/>
       <x:c r="O63" s="11" t="s"/>
       <x:c r="P63" s="11" t="s"/>
       <x:c r="Q63" s="11" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="R63" s="12" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R63" s="12" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="64" spans="1:18">
       <x:c r="A64" s="2">
-        <x:v>46097</x:v>
-[...1 lines deleted...]
-      <x:c r="B64" s="3" t="s"/>
+        <x:v>46147</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C64" s="2" t="s"/>
       <x:c r="D64" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E64" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F64" s="3" t="s"/>
-      <x:c r="G64" s="3" t="s"/>
+      <x:c r="G64" s="3" t="s">
+        <x:v>225</x:v>
+      </x:c>
       <x:c r="H64" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I64" s="3" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="J64" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J64" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K64" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L64" s="3" t="s"/>
       <x:c r="M64" s="3" t="s"/>
       <x:c r="N64" s="3" t="s"/>
       <x:c r="O64" s="3" t="s"/>
       <x:c r="P64" s="3" t="s"/>
       <x:c r="Q64" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:18">
       <x:c r="A65" s="10">
-        <x:v>46097</x:v>
+        <x:v>46147</x:v>
       </x:c>
       <x:c r="B65" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C65" s="10" t="s"/>
       <x:c r="D65" s="11" t="s">
-        <x:v>114</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E65" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F65" s="11" t="s"/>
       <x:c r="G65" s="11" t="s">
-        <x:v>115</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H65" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I65" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J65" s="11" t="s"/>
       <x:c r="K65" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L65" s="11" t="s"/>
       <x:c r="M65" s="11" t="s"/>
       <x:c r="N65" s="11" t="s"/>
       <x:c r="O65" s="11" t="s"/>
       <x:c r="P65" s="11" t="s"/>
       <x:c r="Q65" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R65" s="12" t="s">
-        <x:v>116</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:18">
       <x:c r="A66" s="2">
-        <x:v>46097</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46148</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="s"/>
       <x:c r="C66" s="2" t="s"/>
       <x:c r="D66" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E66" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="3" t="s"/>
-      <x:c r="G66" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G66" s="3" t="s"/>
       <x:c r="H66" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I66" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J66" s="3" t="s"/>
       <x:c r="K66" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L66" s="3" t="s"/>
       <x:c r="M66" s="3" t="s"/>
       <x:c r="N66" s="3" t="s"/>
       <x:c r="O66" s="3" t="s"/>
-      <x:c r="P66" s="3" t="s"/>
+      <x:c r="P66" s="3" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="Q66" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R66" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:18">
       <x:c r="A67" s="10">
-        <x:v>46098</x:v>
+        <x:v>46148</x:v>
       </x:c>
       <x:c r="B67" s="11" t="s"/>
       <x:c r="C67" s="10" t="s"/>
       <x:c r="D67" s="11" t="s">
-        <x:v>35</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E67" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F67" s="11" t="s"/>
-      <x:c r="G67" s="11" t="s">
-[...3 lines deleted...]
-      <x:c r="I67" s="11" t="s"/>
+      <x:c r="G67" s="11" t="s"/>
+      <x:c r="H67" s="11" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I67" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J67" s="11" t="s"/>
       <x:c r="K67" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L67" s="11" t="s"/>
       <x:c r="M67" s="11" t="s"/>
       <x:c r="N67" s="11" t="s"/>
       <x:c r="O67" s="11" t="s"/>
       <x:c r="P67" s="11" t="s">
-        <x:v>39</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q67" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R67" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:18">
       <x:c r="A68" s="2">
-        <x:v>46100</x:v>
-[...1 lines deleted...]
-      <x:c r="B68" s="3" t="s"/>
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C68" s="2" t="s"/>
       <x:c r="D68" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E68" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F68" s="3" t="s"/>
       <x:c r="G68" s="3" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-      <x:c r="I68" s="3" t="s"/>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H68" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I68" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
       <x:c r="J68" s="3" t="s"/>
       <x:c r="K68" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L68" s="3" t="s"/>
       <x:c r="M68" s="3" t="s"/>
       <x:c r="N68" s="3" t="s"/>
       <x:c r="O68" s="3" t="s"/>
-      <x:c r="P68" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P68" s="3" t="s"/>
       <x:c r="Q68" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R68" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:18">
       <x:c r="A69" s="10">
-        <x:v>46104</x:v>
-[...1 lines deleted...]
-      <x:c r="B69" s="11" t="s"/>
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="B69" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C69" s="10" t="s"/>
       <x:c r="D69" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E69" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F69" s="11" t="s"/>
       <x:c r="G69" s="11" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H69" s="11" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I69" s="11" t="s">
-        <x:v>178</x:v>
-[...4 lines deleted...]
-      <x:c r="K69" s="11" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J69" s="11" t="s"/>
+      <x:c r="K69" s="11" t="s">
+        <x:v>236</x:v>
+      </x:c>
       <x:c r="L69" s="11" t="s"/>
       <x:c r="M69" s="11" t="s"/>
       <x:c r="N69" s="11" t="s"/>
       <x:c r="O69" s="11" t="s"/>
       <x:c r="P69" s="11" t="s"/>
       <x:c r="Q69" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R69" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:18">
       <x:c r="A70" s="2">
-        <x:v>46106</x:v>
-[...1 lines deleted...]
-      <x:c r="B70" s="3" t="s"/>
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C70" s="2" t="s"/>
       <x:c r="D70" s="3" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E70" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E70" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F70" s="3" t="s"/>
-      <x:c r="G70" s="3" t="s"/>
+      <x:c r="G70" s="3" t="s">
+        <x:v>239</x:v>
+      </x:c>
       <x:c r="H70" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I70" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J70" s="3" t="s"/>
       <x:c r="K70" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L70" s="3" t="s"/>
       <x:c r="M70" s="3" t="s"/>
       <x:c r="N70" s="3" t="s"/>
       <x:c r="O70" s="3" t="s"/>
       <x:c r="P70" s="3" t="s"/>
       <x:c r="Q70" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R70" s="1" t="s">
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:18">
       <x:c r="A71" s="10">
-        <x:v>46106</x:v>
+        <x:v>46149</x:v>
       </x:c>
       <x:c r="B71" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C71" s="10" t="s"/>
       <x:c r="D71" s="11" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E71" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F71" s="11" t="s"/>
       <x:c r="G71" s="11" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H71" s="11" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="H71" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I71" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J71" s="11" t="s"/>
       <x:c r="K71" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L71" s="11" t="s"/>
       <x:c r="M71" s="11" t="s"/>
       <x:c r="N71" s="11" t="s"/>
       <x:c r="O71" s="11" t="s"/>
       <x:c r="P71" s="11" t="s"/>
       <x:c r="Q71" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R71" s="12" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R71" s="12" t="s">
+        <x:v>237</x:v>
+      </x:c>
     </x:row>
     <x:row r="72" spans="1:18">
       <x:c r="A72" s="2">
-        <x:v>46107</x:v>
+        <x:v>46149</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C72" s="2" t="s"/>
       <x:c r="D72" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E72" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F72" s="3" t="s"/>
       <x:c r="G72" s="3" t="s">
-        <x:v>237</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H72" s="3" t="s"/>
+      <x:c r="I72" s="3" t="s"/>
       <x:c r="J72" s="3" t="s"/>
       <x:c r="K72" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L72" s="3" t="s">
-        <x:v>143</x:v>
-[...4 lines deleted...]
-      <x:c r="N72" s="3" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="M72" s="3" t="s"/>
+      <x:c r="N72" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="O72" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P72" s="3" t="s"/>
       <x:c r="Q72" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R72" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:18">
       <x:c r="A73" s="10">
-        <x:v>46107</x:v>
+        <x:v>46150</x:v>
       </x:c>
       <x:c r="B73" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C73" s="10" t="s"/>
       <x:c r="D73" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E73" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F73" s="11" t="s"/>
       <x:c r="G73" s="11" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H73" s="11" t="s">
-        <x:v>242</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I73" s="11" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J73" s="11" t="s"/>
       <x:c r="K73" s="11" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="L73" s="11" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="L73" s="11" t="s"/>
-      <x:c r="M73" s="11" t="s"/>
+      <x:c r="M73" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="N73" s="11" t="s"/>
-      <x:c r="O73" s="11" t="s"/>
+      <x:c r="O73" s="11" t="s">
+        <x:v>246</x:v>
+      </x:c>
       <x:c r="P73" s="11" t="s"/>
       <x:c r="Q73" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R73" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:18">
       <x:c r="A74" s="2">
-        <x:v>46108</x:v>
+        <x:v>46150</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C74" s="2" t="s"/>
       <x:c r="D74" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E74" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F74" s="3" t="s"/>
       <x:c r="G74" s="3" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-      <x:c r="I74" s="3" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H74" s="3" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="I74" s="3" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J74" s="3" t="s"/>
       <x:c r="K74" s="3" t="s">
-        <x:v>248</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L74" s="3" t="s"/>
       <x:c r="M74" s="3" t="s"/>
       <x:c r="N74" s="3" t="s"/>
       <x:c r="O74" s="3" t="s"/>
       <x:c r="P74" s="3" t="s"/>
       <x:c r="Q74" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R74" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:18">
       <x:c r="A75" s="10">
-        <x:v>46112</x:v>
+        <x:v>46153</x:v>
       </x:c>
       <x:c r="B75" s="11" t="s"/>
       <x:c r="C75" s="10" t="s"/>
       <x:c r="D75" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E75" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F75" s="11" t="s"/>
       <x:c r="G75" s="11" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H75" s="11" t="s"/>
       <x:c r="I75" s="11" t="s"/>
       <x:c r="J75" s="11" t="s"/>
       <x:c r="K75" s="11" t="s">
-        <x:v>204</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L75" s="11" t="s"/>
       <x:c r="M75" s="11" t="s"/>
       <x:c r="N75" s="11" t="s"/>
       <x:c r="O75" s="11" t="s"/>
       <x:c r="P75" s="11" t="s"/>
       <x:c r="Q75" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R75" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:18">
       <x:c r="A76" s="2">
-        <x:v>46112</x:v>
-[...1 lines deleted...]
-      <x:c r="B76" s="3" t="s"/>
+        <x:v>46153</x:v>
+      </x:c>
+      <x:c r="B76" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C76" s="2" t="s"/>
       <x:c r="D76" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E76" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F76" s="3" t="s"/>
       <x:c r="G76" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H76" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I76" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J76" s="3" t="s"/>
       <x:c r="K76" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="L76" s="3" t="s"/>
-      <x:c r="M76" s="3" t="s"/>
+      <x:c r="L76" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="M76" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="N76" s="3" t="s"/>
-      <x:c r="O76" s="3" t="s"/>
-      <x:c r="P76" s="3" t="s"/>
+      <x:c r="O76" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="P76" s="3" t="s">
+        <x:v>255</x:v>
+      </x:c>
       <x:c r="Q76" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R76" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:18">
       <x:c r="A77" s="10">
-        <x:v>46112</x:v>
+        <x:v>46154</x:v>
       </x:c>
       <x:c r="B77" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C77" s="10" t="s"/>
       <x:c r="D77" s="11" t="s">
-        <x:v>163</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E77" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F77" s="11" t="s"/>
       <x:c r="G77" s="11" t="s">
-        <x:v>165</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H77" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I77" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J77" s="11" t="s"/>
       <x:c r="K77" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L77" s="11" t="s"/>
       <x:c r="M77" s="11" t="s"/>
       <x:c r="N77" s="11" t="s"/>
       <x:c r="O77" s="11" t="s"/>
       <x:c r="P77" s="11" t="s"/>
       <x:c r="Q77" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R77" s="12" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R77" s="12" t="s">
+        <x:v>237</x:v>
+      </x:c>
     </x:row>
     <x:row r="78" spans="1:18">
       <x:c r="A78" s="2">
-        <x:v>46114</x:v>
+        <x:v>46154</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C78" s="2" t="s"/>
       <x:c r="D78" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E78" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="3" t="s"/>
       <x:c r="G78" s="3" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H78" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I78" s="3" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J78" s="3" t="s"/>
       <x:c r="K78" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L78" s="3" t="s"/>
       <x:c r="M78" s="3" t="s"/>
       <x:c r="N78" s="3" t="s"/>
       <x:c r="O78" s="3" t="s"/>
       <x:c r="P78" s="3" t="s"/>
       <x:c r="Q78" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R78" s="1" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:18">
       <x:c r="A79" s="10">
-        <x:v>46115</x:v>
+        <x:v>46155</x:v>
       </x:c>
       <x:c r="B79" s="11" t="s"/>
       <x:c r="C79" s="10" t="s"/>
       <x:c r="D79" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E79" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F79" s="11" t="s"/>
-      <x:c r="G79" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G79" s="11" t="s"/>
       <x:c r="H79" s="11" t="s">
-        <x:v>177</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I79" s="11" t="s">
-        <x:v>178</x:v>
-[...4 lines deleted...]
-      <x:c r="K79" s="11" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J79" s="11" t="s"/>
+      <x:c r="K79" s="11" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="L79" s="11" t="s"/>
       <x:c r="M79" s="11" t="s"/>
       <x:c r="N79" s="11" t="s"/>
       <x:c r="O79" s="11" t="s"/>
-      <x:c r="P79" s="11" t="s"/>
+      <x:c r="P79" s="11" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="Q79" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R79" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:18">
       <x:c r="A80" s="2">
-        <x:v>46120</x:v>
+        <x:v>46155</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C80" s="2" t="s"/>
       <x:c r="D80" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E80" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F80" s="3" t="s"/>
-      <x:c r="G80" s="3" t="s"/>
-[...1 lines deleted...]
-      <x:c r="I80" s="3" t="s"/>
+      <x:c r="G80" s="3" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H80" s="3" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I80" s="3" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J80" s="3" t="s"/>
-      <x:c r="K80" s="3" t="s"/>
-[...5 lines deleted...]
-      </x:c>
+      <x:c r="K80" s="3" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="L80" s="3" t="s"/>
+      <x:c r="M80" s="3" t="s"/>
       <x:c r="N80" s="3" t="s"/>
-      <x:c r="O80" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O80" s="3" t="s"/>
       <x:c r="P80" s="3" t="s"/>
-      <x:c r="Q80" s="3" t="s"/>
+      <x:c r="Q80" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="R80" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:18">
       <x:c r="A81" s="10">
-        <x:v>46122</x:v>
-[...1 lines deleted...]
-      <x:c r="B81" s="11" t="s"/>
+        <x:v>46156</x:v>
+      </x:c>
+      <x:c r="B81" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C81" s="10" t="s"/>
       <x:c r="D81" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E81" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F81" s="11" t="s"/>
       <x:c r="G81" s="11" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-      <x:c r="I81" s="11" t="s"/>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H81" s="11" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I81" s="11" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J81" s="11" t="s"/>
       <x:c r="K81" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L81" s="11" t="s"/>
       <x:c r="M81" s="11" t="s"/>
       <x:c r="N81" s="11" t="s"/>
       <x:c r="O81" s="11" t="s"/>
       <x:c r="P81" s="11" t="s"/>
       <x:c r="Q81" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R81" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:18">
       <x:c r="A82" s="2">
-        <x:v>46122</x:v>
-[...1 lines deleted...]
-      <x:c r="B82" s="3" t="s"/>
+        <x:v>46156</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C82" s="2" t="s"/>
       <x:c r="D82" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E82" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F82" s="3" t="s"/>
       <x:c r="G82" s="3" t="s">
-        <x:v>260</x:v>
-[...2 lines deleted...]
-      <x:c r="I82" s="3" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H82" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="I82" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
       <x:c r="J82" s="3" t="s"/>
       <x:c r="K82" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L82" s="3" t="s"/>
       <x:c r="M82" s="3" t="s"/>
       <x:c r="N82" s="3" t="s"/>
       <x:c r="O82" s="3" t="s"/>
       <x:c r="P82" s="3" t="s"/>
       <x:c r="Q82" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R82" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:18">
       <x:c r="A83" s="10">
-        <x:v>46122</x:v>
+        <x:v>46157</x:v>
       </x:c>
       <x:c r="B83" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C83" s="10" t="s"/>
       <x:c r="D83" s="11" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E83" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F83" s="11" t="s"/>
       <x:c r="G83" s="11" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H83" s="11" t="s"/>
       <x:c r="I83" s="11" t="s"/>
       <x:c r="J83" s="11" t="s"/>
       <x:c r="K83" s="11" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L83" s="11" t="s"/>
       <x:c r="M83" s="11" t="s"/>
       <x:c r="N83" s="11" t="s"/>
       <x:c r="O83" s="11" t="s"/>
       <x:c r="P83" s="11" t="s"/>
       <x:c r="Q83" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R83" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R83" s="12" t="s">
+        <x:v>39</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:18">
       <x:c r="A84" s="2">
-        <x:v>46127</x:v>
-[...1 lines deleted...]
-      <x:c r="B84" s="3" t="s"/>
+        <x:v>46157</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C84" s="2" t="s"/>
       <x:c r="D84" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E84" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F84" s="3" t="s"/>
       <x:c r="G84" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H84" s="3" t="s">
-        <x:v>267</x:v>
-[...1 lines deleted...]
-      <x:c r="I84" s="3" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I84" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="J84" s="3" t="s"/>
       <x:c r="K84" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L84" s="3" t="s"/>
       <x:c r="M84" s="3" t="s"/>
       <x:c r="N84" s="3" t="s"/>
       <x:c r="O84" s="3" t="s"/>
       <x:c r="P84" s="3" t="s"/>
       <x:c r="Q84" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R84" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:18">
       <x:c r="A85" s="10">
-        <x:v>46127</x:v>
+        <x:v>46157</x:v>
       </x:c>
       <x:c r="B85" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C85" s="10" t="s"/>
       <x:c r="D85" s="11" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E85" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F85" s="11" t="s"/>
       <x:c r="G85" s="11" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H85" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I85" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J85" s="11" t="s"/>
       <x:c r="K85" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L85" s="11" t="s"/>
       <x:c r="M85" s="11" t="s"/>
       <x:c r="N85" s="11" t="s"/>
       <x:c r="O85" s="11" t="s"/>
       <x:c r="P85" s="11" t="s"/>
       <x:c r="Q85" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R85" s="12" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:18">
       <x:c r="A86" s="2">
-        <x:v>46127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46161</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="s"/>
       <x:c r="C86" s="2" t="s"/>
       <x:c r="D86" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E86" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F86" s="3" t="s"/>
       <x:c r="G86" s="3" t="s">
-        <x:v>115</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H86" s="3" t="s"/>
+      <x:c r="I86" s="3" t="s"/>
       <x:c r="J86" s="3" t="s"/>
       <x:c r="K86" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L86" s="3" t="s"/>
       <x:c r="M86" s="3" t="s"/>
       <x:c r="N86" s="3" t="s"/>
       <x:c r="O86" s="3" t="s"/>
       <x:c r="P86" s="3" t="s"/>
       <x:c r="Q86" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R86" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:18">
       <x:c r="A87" s="10">
-        <x:v>46127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46161</x:v>
+      </x:c>
+      <x:c r="B87" s="11" t="s"/>
       <x:c r="C87" s="10" t="s"/>
       <x:c r="D87" s="11" t="s">
-        <x:v>234</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E87" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F87" s="11" t="s"/>
       <x:c r="G87" s="11" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H87" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I87" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J87" s="11" t="s"/>
       <x:c r="K87" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L87" s="11" t="s"/>
       <x:c r="M87" s="11" t="s"/>
       <x:c r="N87" s="11" t="s"/>
       <x:c r="O87" s="11" t="s"/>
       <x:c r="P87" s="11" t="s"/>
       <x:c r="Q87" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R87" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R87" s="12" t="s">
+        <x:v>214</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:18">
       <x:c r="A88" s="2">
-        <x:v>46127</x:v>
+        <x:v>46161</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C88" s="2" t="s"/>
       <x:c r="D88" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E88" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F88" s="3" t="s"/>
       <x:c r="G88" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H88" s="3" t="s">
-        <x:v>166</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I88" s="3" t="s"/>
+      <x:c r="J88" s="3" t="s"/>
       <x:c r="K88" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L88" s="3" t="s"/>
       <x:c r="M88" s="3" t="s"/>
       <x:c r="N88" s="3" t="s"/>
       <x:c r="O88" s="3" t="s"/>
       <x:c r="P88" s="3" t="s"/>
       <x:c r="Q88" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R88" s="1" t="s">
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:18">
       <x:c r="A89" s="10">
-        <x:v>46127</x:v>
+        <x:v>46161</x:v>
       </x:c>
       <x:c r="B89" s="11" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="C89" s="10" t="s"/>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C89" s="10">
+        <x:v>45658</x:v>
+      </x:c>
       <x:c r="D89" s="11" t="s">
-        <x:v>86</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E89" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F89" s="11" t="s"/>
       <x:c r="G89" s="11" t="s">
-        <x:v>274</x:v>
-[...2 lines deleted...]
-      <x:c r="I89" s="11" t="s"/>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H89" s="11" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="I89" s="11" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J89" s="11" t="s"/>
       <x:c r="K89" s="11" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="L89" s="11" t="s"/>
       <x:c r="M89" s="11" t="s"/>
-      <x:c r="N89" s="11" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N89" s="11" t="s"/>
+      <x:c r="O89" s="11" t="s"/>
       <x:c r="P89" s="11" t="s"/>
       <x:c r="Q89" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R89" s="12" t="s">
-        <x:v>86</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:18">
       <x:c r="A90" s="2">
-        <x:v>46128</x:v>
-[...1 lines deleted...]
-      <x:c r="B90" s="3" t="s"/>
+        <x:v>46163</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C90" s="2" t="s"/>
       <x:c r="D90" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E90" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F90" s="3" t="s"/>
       <x:c r="G90" s="3" t="s">
-        <x:v>276</x:v>
-[...2 lines deleted...]
-      <x:c r="I90" s="3" t="s"/>
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H90" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I90" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="J90" s="3" t="s"/>
       <x:c r="K90" s="3" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-      <x:c r="M90" s="3" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="L90" s="3" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="M90" s="3" t="s">
+        <x:v>275</x:v>
+      </x:c>
       <x:c r="N90" s="3" t="s"/>
-      <x:c r="O90" s="3" t="s"/>
-[...2 lines deleted...]
-      </x:c>
+      <x:c r="O90" s="3" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="P90" s="3" t="s"/>
       <x:c r="Q90" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R90" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:18">
       <x:c r="A91" s="10">
-        <x:v>46128</x:v>
+        <x:v>46164</x:v>
       </x:c>
       <x:c r="B91" s="11" t="s"/>
       <x:c r="C91" s="10" t="s"/>
       <x:c r="D91" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E91" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F91" s="11" t="s"/>
       <x:c r="G91" s="11" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H91" s="11" t="s"/>
       <x:c r="I91" s="11" t="s"/>
       <x:c r="J91" s="11" t="s"/>
       <x:c r="K91" s="11" t="s">
-        <x:v>279</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L91" s="11" t="s"/>
       <x:c r="M91" s="11" t="s"/>
       <x:c r="N91" s="11" t="s"/>
       <x:c r="O91" s="11" t="s"/>
-      <x:c r="P91" s="11" t="s"/>
+      <x:c r="P91" s="11" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="Q91" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R91" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:18">
       <x:c r="A92" s="2">
-        <x:v>46128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46169</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="s"/>
       <x:c r="C92" s="2" t="s"/>
       <x:c r="D92" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E92" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F92" s="3" t="s"/>
       <x:c r="G92" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H92" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I92" s="3" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J92" s="3" t="s"/>
       <x:c r="K92" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L92" s="3" t="s"/>
       <x:c r="M92" s="3" t="s"/>
       <x:c r="N92" s="3" t="s"/>
       <x:c r="O92" s="3" t="s"/>
       <x:c r="P92" s="3" t="s"/>
       <x:c r="Q92" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R92" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:18">
       <x:c r="A93" s="10">
-        <x:v>46128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46170</x:v>
+      </x:c>
+      <x:c r="B93" s="11" t="s"/>
       <x:c r="C93" s="10" t="s"/>
       <x:c r="D93" s="11" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E93" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F93" s="11" t="s"/>
-      <x:c r="G93" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G93" s="11" t="s"/>
       <x:c r="H93" s="11" t="s">
-        <x:v>94</x:v>
-[...1 lines deleted...]
-      <x:c r="I93" s="11" t="s"/>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I93" s="11" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="J93" s="11" t="s"/>
       <x:c r="K93" s="11" t="s">
-        <x:v>95</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L93" s="11" t="s"/>
       <x:c r="M93" s="11" t="s"/>
       <x:c r="N93" s="11" t="s"/>
       <x:c r="O93" s="11" t="s"/>
       <x:c r="P93" s="11" t="s"/>
       <x:c r="Q93" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R93" s="12" t="s"/>
     </x:row>
     <x:row r="94" spans="1:18">
       <x:c r="A94" s="2">
-        <x:v>46129</x:v>
+        <x:v>46170</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s"/>
       <x:c r="C94" s="2" t="s"/>
       <x:c r="D94" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E94" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F94" s="3" t="s"/>
       <x:c r="G94" s="3" t="s">
-        <x:v>288</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H94" s="3" t="s"/>
+      <x:c r="I94" s="3" t="s"/>
+      <x:c r="J94" s="3" t="s"/>
       <x:c r="K94" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L94" s="3" t="s"/>
       <x:c r="M94" s="3" t="s"/>
       <x:c r="N94" s="3" t="s"/>
       <x:c r="O94" s="3" t="s"/>
       <x:c r="P94" s="3" t="s"/>
       <x:c r="Q94" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R94" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:18">
       <x:c r="A95" s="10">
-        <x:v>46132</x:v>
+        <x:v>46170</x:v>
       </x:c>
       <x:c r="B95" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C95" s="10" t="s"/>
       <x:c r="D95" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E95" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F95" s="11" t="s"/>
       <x:c r="G95" s="11" t="s">
-        <x:v>289</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H95" s="11" t="s">
-        <x:v>242</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I95" s="11" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J95" s="11" t="s"/>
       <x:c r="K95" s="11" t="s">
-        <x:v>290</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="L95" s="11" t="s"/>
       <x:c r="M95" s="11" t="s"/>
       <x:c r="N95" s="11" t="s"/>
       <x:c r="O95" s="11" t="s"/>
       <x:c r="P95" s="11" t="s"/>
       <x:c r="Q95" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R95" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:18">
       <x:c r="A96" s="2">
-        <x:v>46133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46171</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="s"/>
       <x:c r="C96" s="2" t="s"/>
       <x:c r="D96" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E96" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F96" s="3" t="s"/>
       <x:c r="G96" s="3" t="s">
-        <x:v>292</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H96" s="3" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="I96" s="3" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="J96" s="3" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="K96" s="3" t="s"/>
       <x:c r="L96" s="3" t="s"/>
       <x:c r="M96" s="3" t="s"/>
       <x:c r="N96" s="3" t="s"/>
       <x:c r="O96" s="3" t="s"/>
       <x:c r="P96" s="3" t="s"/>
       <x:c r="Q96" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R96" s="1" t="s">
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:18">
       <x:c r="A97" s="10">
-        <x:v>46136</x:v>
+        <x:v>46171</x:v>
       </x:c>
       <x:c r="B97" s="11" t="s"/>
       <x:c r="C97" s="10" t="s"/>
       <x:c r="D97" s="11" t="s">
-        <x:v>294</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E97" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F97" s="11" t="s"/>
-      <x:c r="G97" s="11" t="s"/>
-[...5 lines deleted...]
-      </x:c>
+      <x:c r="G97" s="11" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H97" s="11" t="s"/>
+      <x:c r="I97" s="11" t="s"/>
       <x:c r="J97" s="11" t="s"/>
       <x:c r="K97" s="11" t="s">
-        <x:v>225</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L97" s="11" t="s"/>
       <x:c r="M97" s="11" t="s"/>
       <x:c r="N97" s="11" t="s"/>
       <x:c r="O97" s="11" t="s"/>
       <x:c r="P97" s="11" t="s"/>
       <x:c r="Q97" s="11" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="R97" s="12" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="R97" s="12" t="s">
+        <x:v>98</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:18">
       <x:c r="A98" s="2">
-        <x:v>46136</x:v>
-[...1 lines deleted...]
-      <x:c r="B98" s="3" t="s"/>
+        <x:v>46171</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C98" s="2" t="s"/>
       <x:c r="D98" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E98" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="3" t="s"/>
       <x:c r="G98" s="3" t="s">
-        <x:v>296</x:v>
-[...3 lines deleted...]
-      <x:c r="J98" s="3" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H98" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I98" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J98" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K98" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L98" s="3" t="s"/>
       <x:c r="M98" s="3" t="s"/>
       <x:c r="N98" s="3" t="s"/>
       <x:c r="O98" s="3" t="s"/>
-      <x:c r="P98" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P98" s="3" t="s"/>
       <x:c r="Q98" s="3" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>299</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:18">
       <x:c r="A99" s="10">
-        <x:v>46136</x:v>
-[...1 lines deleted...]
-      <x:c r="B99" s="11" t="s"/>
+        <x:v>46171</x:v>
+      </x:c>
+      <x:c r="B99" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C99" s="10" t="s"/>
       <x:c r="D99" s="11" t="s">
-        <x:v>103</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E99" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F99" s="11" t="s"/>
       <x:c r="G99" s="11" t="s">
-        <x:v>300</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H99" s="11" t="s">
-        <x:v>99</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I99" s="11" t="s">
-        <x:v>100</x:v>
-[...4 lines deleted...]
-      <x:c r="K99" s="11" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J99" s="11" t="s"/>
+      <x:c r="K99" s="11" t="s">
+        <x:v>228</x:v>
+      </x:c>
       <x:c r="L99" s="11" t="s"/>
       <x:c r="M99" s="11" t="s"/>
       <x:c r="N99" s="11" t="s"/>
       <x:c r="O99" s="11" t="s"/>
       <x:c r="P99" s="11" t="s"/>
       <x:c r="Q99" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R99" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:18">
       <x:c r="A100" s="2">
-        <x:v>46136</x:v>
+        <x:v>46174</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s"/>
       <x:c r="C100" s="2" t="s"/>
       <x:c r="D100" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E100" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F100" s="3" t="s"/>
       <x:c r="G100" s="3" t="s">
-        <x:v>301</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H100" s="3" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="I100" s="3" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J100" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K100" s="3" t="s"/>
       <x:c r="L100" s="3" t="s"/>
       <x:c r="M100" s="3" t="s"/>
       <x:c r="N100" s="3" t="s"/>
       <x:c r="O100" s="3" t="s"/>
-      <x:c r="P100" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P100" s="3" t="s"/>
       <x:c r="Q100" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R100" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:18">
       <x:c r="A101" s="10">
-        <x:v>46140</x:v>
+        <x:v>46174</x:v>
       </x:c>
       <x:c r="B101" s="11" t="s"/>
       <x:c r="C101" s="10" t="s"/>
       <x:c r="D101" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E101" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F101" s="11" t="s"/>
       <x:c r="G101" s="11" t="s">
-        <x:v>303</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H101" s="11" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="I101" s="11" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J101" s="11" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="K101" s="11" t="s"/>
       <x:c r="L101" s="11" t="s"/>
       <x:c r="M101" s="11" t="s"/>
       <x:c r="N101" s="11" t="s"/>
       <x:c r="O101" s="11" t="s"/>
       <x:c r="P101" s="11" t="s"/>
       <x:c r="Q101" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R101" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:18">
       <x:c r="A102" s="2">
-        <x:v>46142</x:v>
-[...1 lines deleted...]
-      <x:c r="B102" s="3" t="s"/>
+        <x:v>46174</x:v>
+      </x:c>
+      <x:c r="B102" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C102" s="2" t="s"/>
       <x:c r="D102" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E102" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F102" s="3" t="s"/>
       <x:c r="G102" s="3" t="s">
-        <x:v>304</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H102" s="3" t="s"/>
+      <x:c r="I102" s="3" t="s"/>
+      <x:c r="J102" s="3" t="s"/>
       <x:c r="K102" s="3" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="L102" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L102" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="M102" s="3" t="s"/>
-      <x:c r="N102" s="3" t="s"/>
-      <x:c r="O102" s="3" t="s"/>
+      <x:c r="N102" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="O102" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="P102" s="3" t="s"/>
       <x:c r="Q102" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R102" s="1" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:18">
       <x:c r="A103" s="10">
-        <x:v>46142</x:v>
-[...1 lines deleted...]
-      <x:c r="B103" s="11" t="s"/>
+        <x:v>46175</x:v>
+      </x:c>
+      <x:c r="B103" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C103" s="10" t="s"/>
       <x:c r="D103" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E103" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F103" s="11" t="s"/>
       <x:c r="G103" s="11" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      <x:c r="J103" s="11" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H103" s="11" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I103" s="11" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J103" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K103" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L103" s="11" t="s"/>
       <x:c r="M103" s="11" t="s"/>
       <x:c r="N103" s="11" t="s"/>
       <x:c r="O103" s="11" t="s"/>
       <x:c r="P103" s="11" t="s"/>
       <x:c r="Q103" s="11" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R103" s="12" t="s"/>
     </x:row>
     <x:row r="104" spans="1:18">
       <x:c r="A104" s="2">
-        <x:v>46142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46181</x:v>
+      </x:c>
+      <x:c r="B104" s="3" t="s"/>
       <x:c r="C104" s="2" t="s"/>
       <x:c r="D104" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E104" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="F104" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="F104" s="3" t="s"/>
       <x:c r="G104" s="3" t="s">
-        <x:v>309</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H104" s="3" t="s"/>
+      <x:c r="I104" s="3" t="s"/>
+      <x:c r="J104" s="3" t="s"/>
       <x:c r="K104" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L104" s="3" t="s"/>
       <x:c r="M104" s="3" t="s"/>
       <x:c r="N104" s="3" t="s"/>
       <x:c r="O104" s="3" t="s"/>
-      <x:c r="P104" s="3" t="s"/>
-      <x:c r="Q104" s="3" t="s"/>
+      <x:c r="P104" s="3" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="Q104" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="R104" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:18">
       <x:c r="A105" s="10">
-        <x:v>46142</x:v>
+        <x:v>46185</x:v>
       </x:c>
       <x:c r="B105" s="11" t="s">
-        <x:v>273</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C105" s="10" t="s"/>
       <x:c r="D105" s="11" t="s">
-        <x:v>315</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E105" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F105" s="11" t="s"/>
       <x:c r="G105" s="11" t="s">
-        <x:v>316</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H105" s="11" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I105" s="11" t="s"/>
       <x:c r="J105" s="11" t="s"/>
       <x:c r="K105" s="11" t="s">
-        <x:v>215</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L105" s="11" t="s"/>
       <x:c r="M105" s="11" t="s"/>
       <x:c r="N105" s="11" t="s"/>
       <x:c r="O105" s="11" t="s"/>
       <x:c r="P105" s="11" t="s"/>
       <x:c r="Q105" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R105" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:18">
       <x:c r="A106" s="2">
-        <x:v>46142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46188</x:v>
+      </x:c>
+      <x:c r="B106" s="3" t="s"/>
       <x:c r="C106" s="2" t="s"/>
       <x:c r="D106" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E106" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F106" s="3" t="s"/>
       <x:c r="G106" s="3" t="s">
-        <x:v>318</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H106" s="3" t="s"/>
+      <x:c r="I106" s="3" t="s"/>
       <x:c r="J106" s="3" t="s"/>
       <x:c r="K106" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L106" s="3" t="s"/>
       <x:c r="M106" s="3" t="s"/>
       <x:c r="N106" s="3" t="s"/>
       <x:c r="O106" s="3" t="s"/>
       <x:c r="P106" s="3" t="s"/>
       <x:c r="Q106" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R106" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:18">
       <x:c r="A107" s="10">
-        <x:v>46142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46188</x:v>
+      </x:c>
+      <x:c r="B107" s="11" t="s"/>
       <x:c r="C107" s="10" t="s"/>
       <x:c r="D107" s="11" t="s">
-        <x:v>212</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E107" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F107" s="11" t="s"/>
       <x:c r="G107" s="11" t="s">
-        <x:v>319</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H107" s="11" t="s"/>
+      <x:c r="I107" s="11" t="s"/>
       <x:c r="J107" s="11" t="s"/>
       <x:c r="K107" s="11" t="s">
-        <x:v>215</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L107" s="11" t="s"/>
       <x:c r="M107" s="11" t="s"/>
       <x:c r="N107" s="11" t="s"/>
       <x:c r="O107" s="11" t="s"/>
       <x:c r="P107" s="11" t="s"/>
       <x:c r="Q107" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R107" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:18">
       <x:c r="A108" s="2">
-        <x:v>46143</x:v>
+        <x:v>46188</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s"/>
       <x:c r="C108" s="2" t="s"/>
       <x:c r="D108" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E108" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F108" s="3" t="s"/>
-      <x:c r="G108" s="3" t="s">
-[...3 lines deleted...]
-      <x:c r="I108" s="3" t="s"/>
+      <x:c r="G108" s="3" t="s"/>
+      <x:c r="H108" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I108" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="J108" s="3" t="s"/>
       <x:c r="K108" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L108" s="3" t="s"/>
       <x:c r="M108" s="3" t="s"/>
       <x:c r="N108" s="3" t="s"/>
       <x:c r="O108" s="3" t="s"/>
-      <x:c r="P108" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P108" s="3" t="s"/>
       <x:c r="Q108" s="3" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:18">
       <x:c r="A109" s="10">
-        <x:v>46143</x:v>
+        <x:v>46188</x:v>
       </x:c>
       <x:c r="B109" s="11" t="s"/>
       <x:c r="C109" s="10" t="s"/>
       <x:c r="D109" s="11" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E109" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F109" s="11" t="s"/>
       <x:c r="G109" s="11" t="s">
-        <x:v>322</x:v>
-[...2 lines deleted...]
-      <x:c r="I109" s="11" t="s"/>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H109" s="11" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I109" s="11" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="J109" s="11" t="s"/>
       <x:c r="K109" s="11" t="s">
-        <x:v>297</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L109" s="11" t="s"/>
       <x:c r="M109" s="11" t="s"/>
       <x:c r="N109" s="11" t="s"/>
       <x:c r="O109" s="11" t="s"/>
       <x:c r="P109" s="11" t="s"/>
       <x:c r="Q109" s="11" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R109" s="12" t="s"/>
     </x:row>
     <x:row r="110" spans="1:18">
       <x:c r="A110" s="2">
-        <x:v>46147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46188</x:v>
+      </x:c>
+      <x:c r="B110" s="3" t="s"/>
       <x:c r="C110" s="2" t="s"/>
       <x:c r="D110" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E110" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F110" s="3" t="s"/>
       <x:c r="G110" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H110" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I110" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J110" s="3" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K110" s="3" t="s"/>
       <x:c r="L110" s="3" t="s"/>
       <x:c r="M110" s="3" t="s"/>
       <x:c r="N110" s="3" t="s"/>
       <x:c r="O110" s="3" t="s"/>
       <x:c r="P110" s="3" t="s"/>
       <x:c r="Q110" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R110" s="1" t="s">
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:18">
       <x:c r="A111" s="10">
-        <x:v>46147</x:v>
+        <x:v>46188</x:v>
       </x:c>
       <x:c r="B111" s="11" t="s">
-        <x:v>317</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C111" s="10" t="s"/>
       <x:c r="D111" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E111" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F111" s="11" t="s"/>
       <x:c r="G111" s="11" t="s">
-        <x:v>323</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H111" s="11" t="s">
-        <x:v>56</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I111" s="11" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="J111" s="11" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K111" s="11" t="s"/>
       <x:c r="L111" s="11" t="s"/>
       <x:c r="M111" s="11" t="s"/>
       <x:c r="N111" s="11" t="s"/>
       <x:c r="O111" s="11" t="s"/>
       <x:c r="P111" s="11" t="s"/>
       <x:c r="Q111" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R111" s="12" t="s">
-        <x:v>59</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:18">
       <x:c r="A112" s="2">
-        <x:v>46149</x:v>
+        <x:v>46188</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C112" s="2" t="s"/>
       <x:c r="D112" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E112" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F112" s="3" t="s"/>
       <x:c r="G112" s="3" t="s">
-        <x:v>324</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H112" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I112" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J112" s="3" t="s"/>
       <x:c r="K112" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L112" s="3" t="s"/>
       <x:c r="M112" s="3" t="s"/>
       <x:c r="N112" s="3" t="s"/>
       <x:c r="O112" s="3" t="s"/>
       <x:c r="P112" s="3" t="s"/>
       <x:c r="Q112" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R112" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:18">
       <x:c r="A113" s="10">
-        <x:v>46149</x:v>
+        <x:v>46188</x:v>
       </x:c>
       <x:c r="B113" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C113" s="10" t="s"/>
       <x:c r="D113" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E113" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F113" s="11" t="s"/>
       <x:c r="G113" s="11" t="s">
-        <x:v>325</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H113" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I113" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J113" s="11" t="s"/>
       <x:c r="K113" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L113" s="11" t="s"/>
       <x:c r="M113" s="11" t="s"/>
       <x:c r="N113" s="11" t="s"/>
       <x:c r="O113" s="11" t="s"/>
       <x:c r="P113" s="11" t="s"/>
       <x:c r="Q113" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R113" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:18">
       <x:c r="A114" s="2">
-        <x:v>46149</x:v>
+        <x:v>46191</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C114" s="2" t="s"/>
       <x:c r="D114" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E114" s="3" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="F114" s="3" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F114" s="3" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="G114" s="3" t="s">
-        <x:v>326</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H114" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I114" s="3" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J114" s="3" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="J114" s="3" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="K114" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="L114" s="3" t="s"/>
       <x:c r="M114" s="3" t="s"/>
       <x:c r="N114" s="3" t="s"/>
       <x:c r="O114" s="3" t="s"/>
       <x:c r="P114" s="3" t="s"/>
-      <x:c r="Q114" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="Q114" s="3" t="s"/>
       <x:c r="R114" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:18">
       <x:c r="A115" s="10">
-        <x:v>46149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46195</x:v>
+      </x:c>
+      <x:c r="B115" s="11" t="s"/>
       <x:c r="C115" s="10" t="s"/>
       <x:c r="D115" s="11" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E115" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F115" s="11" t="s"/>
       <x:c r="G115" s="11" t="s">
-        <x:v>327</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H115" s="11" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="I115" s="11" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="J115" s="11" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="K115" s="11" t="s"/>
+      <x:c r="L115" s="11" t="s"/>
       <x:c r="M115" s="11" t="s"/>
-      <x:c r="N115" s="11" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N115" s="11" t="s"/>
+      <x:c r="O115" s="11" t="s"/>
       <x:c r="P115" s="11" t="s"/>
       <x:c r="Q115" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R115" s="12" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:18">
       <x:c r="A116" s="2">
-        <x:v>46150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46195</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="s"/>
       <x:c r="C116" s="2" t="s"/>
       <x:c r="D116" s="3" t="s">
-        <x:v>328</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E116" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F116" s="3" t="s"/>
       <x:c r="G116" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H116" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I116" s="3" t="s">
-        <x:v>47</x:v>
-[...10 lines deleted...]
-      </x:c>
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J116" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K116" s="3" t="s"/>
+      <x:c r="L116" s="3" t="s"/>
+      <x:c r="M116" s="3" t="s"/>
       <x:c r="N116" s="3" t="s"/>
-      <x:c r="O116" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O116" s="3" t="s"/>
       <x:c r="P116" s="3" t="s"/>
       <x:c r="Q116" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R116" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:18">
       <x:c r="A117" s="10">
-        <x:v>46150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46195</x:v>
+      </x:c>
+      <x:c r="B117" s="11" t="s"/>
       <x:c r="C117" s="10" t="s"/>
       <x:c r="D117" s="11" t="s">
-        <x:v>212</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E117" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F117" s="11" t="s"/>
       <x:c r="G117" s="11" t="s">
-        <x:v>329</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="H117" s="11" t="s"/>
+      <x:c r="I117" s="11" t="s"/>
       <x:c r="J117" s="11" t="s"/>
       <x:c r="K117" s="11" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L117" s="11" t="s"/>
       <x:c r="M117" s="11" t="s"/>
       <x:c r="N117" s="11" t="s"/>
       <x:c r="O117" s="11" t="s"/>
-      <x:c r="P117" s="11" t="s"/>
+      <x:c r="P117" s="11" t="s">
+        <x:v>318</x:v>
+      </x:c>
       <x:c r="Q117" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R117" s="12" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:18">
       <x:c r="A118" s="2">
-        <x:v>46153</x:v>
+        <x:v>46195</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s"/>
       <x:c r="C118" s="2" t="s"/>
       <x:c r="D118" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E118" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F118" s="3" t="s"/>
       <x:c r="G118" s="3" t="s">
-        <x:v>330</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H118" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="I118" s="3" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="J118" s="3" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="K118" s="3" t="s"/>
       <x:c r="L118" s="3" t="s"/>
       <x:c r="M118" s="3" t="s"/>
       <x:c r="N118" s="3" t="s"/>
       <x:c r="O118" s="3" t="s"/>
       <x:c r="P118" s="3" t="s"/>
       <x:c r="Q118" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R118" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:18">
       <x:c r="A119" s="10">
-        <x:v>46153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46196</x:v>
+      </x:c>
+      <x:c r="B119" s="11" t="s"/>
       <x:c r="C119" s="10" t="s"/>
       <x:c r="D119" s="11" t="s">
-        <x:v>331</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E119" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F119" s="11" t="s"/>
       <x:c r="G119" s="11" t="s">
-        <x:v>332</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H119" s="11" t="s"/>
+      <x:c r="I119" s="11" t="s"/>
       <x:c r="J119" s="11" t="s"/>
       <x:c r="K119" s="11" t="s">
-        <x:v>335</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="L119" s="11" t="s"/>
+      <x:c r="M119" s="11" t="s"/>
       <x:c r="N119" s="11" t="s"/>
-      <x:c r="O119" s="11" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="O119" s="11" t="s"/>
+      <x:c r="P119" s="11" t="s"/>
       <x:c r="Q119" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R119" s="12" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:18">
       <x:c r="A120" s="2">
-        <x:v>46154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46199</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="s"/>
       <x:c r="C120" s="2" t="s"/>
       <x:c r="D120" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E120" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F120" s="3" t="s"/>
       <x:c r="G120" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H120" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I120" s="3" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J120" s="3" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="K120" s="3" t="s"/>
       <x:c r="L120" s="3" t="s"/>
       <x:c r="M120" s="3" t="s"/>
       <x:c r="N120" s="3" t="s"/>
       <x:c r="O120" s="3" t="s"/>
       <x:c r="P120" s="3" t="s"/>
       <x:c r="Q120" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R120" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:18">
       <x:c r="A121" s="10">
-        <x:v>46154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46202</x:v>
+      </x:c>
+      <x:c r="B121" s="11" t="s"/>
       <x:c r="C121" s="10" t="s"/>
       <x:c r="D121" s="11" t="s">
-        <x:v>54</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E121" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F121" s="11" t="s"/>
       <x:c r="G121" s="11" t="s">
-        <x:v>338</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H121" s="11" t="s"/>
+      <x:c r="I121" s="11" t="s"/>
       <x:c r="J121" s="11" t="s"/>
       <x:c r="K121" s="11" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L121" s="11" t="s"/>
       <x:c r="M121" s="11" t="s"/>
       <x:c r="N121" s="11" t="s"/>
       <x:c r="O121" s="11" t="s"/>
-      <x:c r="P121" s="11" t="s"/>
+      <x:c r="P121" s="11" t="s">
+        <x:v>326</x:v>
+      </x:c>
       <x:c r="Q121" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R121" s="12" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:18">
       <x:c r="A122" s="2">
-        <x:v>46155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B122" s="3" t="s"/>
       <x:c r="C122" s="2" t="s"/>
       <x:c r="D122" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E122" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F122" s="3" t="s"/>
       <x:c r="G122" s="3" t="s">
-        <x:v>339</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H122" s="3" t="s"/>
+      <x:c r="I122" s="3" t="s"/>
       <x:c r="J122" s="3" t="s"/>
       <x:c r="K122" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L122" s="3" t="s"/>
       <x:c r="M122" s="3" t="s"/>
       <x:c r="N122" s="3" t="s"/>
       <x:c r="O122" s="3" t="s"/>
-      <x:c r="P122" s="3" t="s"/>
+      <x:c r="P122" s="3" t="s">
+        <x:v>329</x:v>
+      </x:c>
       <x:c r="Q122" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R122" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:18">
       <x:c r="A123" s="10">
-        <x:v>46156</x:v>
+        <x:v>46203</x:v>
       </x:c>
       <x:c r="B123" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C123" s="10" t="s"/>
       <x:c r="D123" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E123" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F123" s="11" t="s"/>
       <x:c r="G123" s="11" t="s">
-        <x:v>340</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H123" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I123" s="11" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J123" s="11" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J123" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K123" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L123" s="11" t="s"/>
       <x:c r="M123" s="11" t="s"/>
       <x:c r="N123" s="11" t="s"/>
       <x:c r="O123" s="11" t="s"/>
       <x:c r="P123" s="11" t="s"/>
       <x:c r="Q123" s="11" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R123" s="12" t="s"/>
     </x:row>
     <x:row r="124" spans="1:18">
       <x:c r="A124" s="2">
-        <x:v>46157</x:v>
+        <x:v>46203</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C124" s="2" t="s"/>
       <x:c r="D124" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E124" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F124" s="3" t="s"/>
       <x:c r="G124" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H124" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I124" s="3" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="J124" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J124" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K124" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L124" s="3" t="s"/>
       <x:c r="M124" s="3" t="s"/>
       <x:c r="N124" s="3" t="s"/>
       <x:c r="O124" s="3" t="s"/>
       <x:c r="P124" s="3" t="s"/>
       <x:c r="Q124" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R124" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="125" spans="1:18">
       <x:c r="A125" s="10">
-        <x:v>46157</x:v>
+        <x:v>46204</x:v>
       </x:c>
       <x:c r="B125" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C125" s="10" t="s"/>
       <x:c r="D125" s="11" t="s">
-        <x:v>110</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E125" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F125" s="11" t="s"/>
-      <x:c r="G125" s="11" t="s">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="G125" s="11" t="s"/>
+      <x:c r="H125" s="11" t="s"/>
+      <x:c r="I125" s="11" t="s"/>
       <x:c r="J125" s="11" t="s"/>
       <x:c r="K125" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L125" s="11" t="s"/>
       <x:c r="M125" s="11" t="s"/>
       <x:c r="N125" s="11" t="s"/>
       <x:c r="O125" s="11" t="s"/>
       <x:c r="P125" s="11" t="s"/>
       <x:c r="Q125" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R125" s="12" t="s">
-        <x:v>113</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:18">
       <x:c r="A126" s="2">
-        <x:v>46161</x:v>
-[...1 lines deleted...]
-      <x:c r="B126" s="3" t="s"/>
+        <x:v>46205</x:v>
+      </x:c>
+      <x:c r="B126" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C126" s="2" t="s"/>
       <x:c r="D126" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E126" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F126" s="3" t="s"/>
       <x:c r="G126" s="3" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      <x:c r="J126" s="3" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H126" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I126" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J126" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K126" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L126" s="3" t="s"/>
       <x:c r="M126" s="3" t="s"/>
       <x:c r="N126" s="3" t="s"/>
       <x:c r="O126" s="3" t="s"/>
       <x:c r="P126" s="3" t="s"/>
       <x:c r="Q126" s="3" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:18">
       <x:c r="A127" s="10">
-        <x:v>46161</x:v>
+        <x:v>46206</x:v>
       </x:c>
       <x:c r="B127" s="11" t="s"/>
       <x:c r="C127" s="10" t="s"/>
       <x:c r="D127" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E127" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F127" s="11" t="s"/>
       <x:c r="G127" s="11" t="s">
-        <x:v>342</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H127" s="11" t="s">
-        <x:v>56</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I127" s="11" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="J127" s="11" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="K127" s="11" t="s"/>
       <x:c r="L127" s="11" t="s"/>
       <x:c r="M127" s="11" t="s"/>
       <x:c r="N127" s="11" t="s"/>
       <x:c r="O127" s="11" t="s"/>
       <x:c r="P127" s="11" t="s"/>
       <x:c r="Q127" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R127" s="12" t="s">
-        <x:v>59</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:18">
       <x:c r="A128" s="2">
-        <x:v>46161</x:v>
+        <x:v>46206</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C128" s="2" t="s"/>
       <x:c r="D128" s="3" t="s">
-        <x:v>343</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E128" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F128" s="3" t="s"/>
-      <x:c r="G128" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G128" s="3" t="s"/>
       <x:c r="H128" s="3" t="s">
-        <x:v>94</x:v>
-[...1 lines deleted...]
-      <x:c r="I128" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I128" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J128" s="3" t="s"/>
       <x:c r="K128" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L128" s="3" t="s"/>
       <x:c r="M128" s="3" t="s"/>
       <x:c r="N128" s="3" t="s"/>
       <x:c r="O128" s="3" t="s"/>
       <x:c r="P128" s="3" t="s"/>
       <x:c r="Q128" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R128" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:18">
       <x:c r="A129" s="10">
-        <x:v>46161</x:v>
+        <x:v>46211</x:v>
       </x:c>
       <x:c r="B129" s="11" t="s">
-        <x:v>317</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C129" s="10" t="s"/>
       <x:c r="D129" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E129" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F129" s="11" t="s"/>
-      <x:c r="G129" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G129" s="11" t="s"/>
       <x:c r="H129" s="11" t="s">
-        <x:v>56</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I129" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J129" s="11" t="s"/>
       <x:c r="K129" s="11" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L129" s="11" t="s"/>
       <x:c r="M129" s="11" t="s"/>
       <x:c r="N129" s="11" t="s"/>
       <x:c r="O129" s="11" t="s"/>
       <x:c r="P129" s="11" t="s"/>
-      <x:c r="Q129" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="Q129" s="11" t="s"/>
       <x:c r="R129" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:18">
       <x:c r="A130" s="2">
-        <x:v>46163</x:v>
+        <x:v>46213</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C130" s="2" t="s"/>
       <x:c r="D130" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E130" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F130" s="3" t="s"/>
-      <x:c r="G130" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G130" s="3" t="s"/>
       <x:c r="H130" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I130" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J130" s="3" t="s"/>
       <x:c r="K130" s="3" t="s">
-        <x:v>145</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="L130" s="3" t="s"/>
+      <x:c r="M130" s="3" t="s"/>
       <x:c r="N130" s="3" t="s"/>
-      <x:c r="O130" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O130" s="3" t="s"/>
       <x:c r="P130" s="3" t="s"/>
       <x:c r="Q130" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R130" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:18">
       <x:c r="A131" s="10">
-        <x:v>46164</x:v>
-[...1 lines deleted...]
-      <x:c r="B131" s="11" t="s"/>
+        <x:v>46213</x:v>
+      </x:c>
+      <x:c r="B131" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C131" s="10" t="s"/>
       <x:c r="D131" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E131" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F131" s="11" t="s"/>
       <x:c r="G131" s="11" t="s">
-        <x:v>348</x:v>
-[...1 lines deleted...]
-      <x:c r="H131" s="11" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H131" s="11" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I131" s="11" t="s"/>
       <x:c r="J131" s="11" t="s"/>
       <x:c r="K131" s="11" t="s">
-        <x:v>134</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L131" s="11" t="s"/>
       <x:c r="M131" s="11" t="s"/>
       <x:c r="N131" s="11" t="s"/>
       <x:c r="O131" s="11" t="s"/>
-      <x:c r="P131" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P131" s="11" t="s"/>
       <x:c r="Q131" s="11" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R131" s="12" t="s"/>
     </x:row>
     <x:row r="132" spans="1:18">
       <x:c r="A132" s="2">
-        <x:v>46170</x:v>
+        <x:v>46217</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s"/>
       <x:c r="C132" s="2" t="s"/>
       <x:c r="D132" s="3" t="s">
-        <x:v>350</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E132" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="3" t="s"/>
-      <x:c r="G132" s="3" t="s"/>
+      <x:c r="G132" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="H132" s="3" t="s">
-        <x:v>223</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="I132" s="3" t="s"/>
       <x:c r="J132" s="3" t="s"/>
       <x:c r="K132" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L132" s="3" t="s"/>
       <x:c r="M132" s="3" t="s"/>
       <x:c r="N132" s="3" t="s"/>
       <x:c r="O132" s="3" t="s"/>
       <x:c r="P132" s="3" t="s"/>
       <x:c r="Q132" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R132" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:18">
       <x:c r="A133" s="10">
-        <x:v>46170</x:v>
+        <x:v>46217</x:v>
       </x:c>
       <x:c r="B133" s="11" t="s"/>
       <x:c r="C133" s="10" t="s"/>
       <x:c r="D133" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E133" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F133" s="11" t="s"/>
-      <x:c r="G133" s="11" t="s">
-[...3 lines deleted...]
-      <x:c r="I133" s="11" t="s"/>
+      <x:c r="G133" s="11" t="s"/>
+      <x:c r="H133" s="11" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I133" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J133" s="11" t="s"/>
       <x:c r="K133" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L133" s="11" t="s"/>
       <x:c r="M133" s="11" t="s"/>
       <x:c r="N133" s="11" t="s"/>
       <x:c r="O133" s="11" t="s"/>
-      <x:c r="P133" s="11" t="s"/>
+      <x:c r="P133" s="11" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="Q133" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R133" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:18">
       <x:c r="A134" s="2">
-        <x:v>46171</x:v>
+        <x:v>46217</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s"/>
       <x:c r="C134" s="2" t="s"/>
       <x:c r="D134" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E134" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F134" s="3" t="s"/>
       <x:c r="G134" s="3" t="s">
-        <x:v>352</x:v>
-[...10 lines deleted...]
-      <x:c r="K134" s="3" t="s"/>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H134" s="3" t="s"/>
+      <x:c r="I134" s="3" t="s"/>
+      <x:c r="J134" s="3" t="s"/>
+      <x:c r="K134" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="L134" s="3" t="s"/>
       <x:c r="M134" s="3" t="s"/>
       <x:c r="N134" s="3" t="s"/>
       <x:c r="O134" s="3" t="s"/>
       <x:c r="P134" s="3" t="s"/>
       <x:c r="Q134" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R134" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:18">
       <x:c r="A135" s="10">
-        <x:v>46171</x:v>
-[...1 lines deleted...]
-      <x:c r="B135" s="11" t="s"/>
+        <x:v>46217</x:v>
+      </x:c>
+      <x:c r="B135" s="11" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C135" s="10" t="s"/>
       <x:c r="D135" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E135" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F135" s="11" t="s"/>
       <x:c r="G135" s="11" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="H135" s="11" t="s"/>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H135" s="11" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I135" s="11" t="s"/>
       <x:c r="J135" s="11" t="s"/>
       <x:c r="K135" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L135" s="11" t="s"/>
       <x:c r="M135" s="11" t="s"/>
       <x:c r="N135" s="11" t="s"/>
       <x:c r="O135" s="11" t="s"/>
       <x:c r="P135" s="11" t="s"/>
       <x:c r="Q135" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R135" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:18">
       <x:c r="A136" s="2">
-        <x:v>46171</x:v>
+        <x:v>46217</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C136" s="2" t="s"/>
       <x:c r="D136" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E136" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F136" s="3" t="s"/>
       <x:c r="G136" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H136" s="3" t="s">
-        <x:v>166</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="I136" s="3" t="s"/>
+      <x:c r="J136" s="3" t="s"/>
       <x:c r="K136" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="L136" s="3" t="s"/>
       <x:c r="M136" s="3" t="s"/>
       <x:c r="N136" s="3" t="s"/>
       <x:c r="O136" s="3" t="s"/>
-      <x:c r="P136" s="3" t="s"/>
+      <x:c r="P136" s="3" t="s">
+        <x:v>345</x:v>
+      </x:c>
       <x:c r="Q136" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R136" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:18">
       <x:c r="A137" s="10">
-        <x:v>46171</x:v>
+        <x:v>46218</x:v>
       </x:c>
       <x:c r="B137" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C137" s="10" t="s"/>
       <x:c r="D137" s="11" t="s">
-        <x:v>356</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E137" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F137" s="11" t="s"/>
       <x:c r="G137" s="11" t="s">
-        <x:v>357</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H137" s="11" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I137" s="11" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J137" s="11" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J137" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K137" s="11" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L137" s="11" t="s"/>
       <x:c r="M137" s="11" t="s"/>
       <x:c r="N137" s="11" t="s"/>
       <x:c r="O137" s="11" t="s"/>
       <x:c r="P137" s="11" t="s"/>
       <x:c r="Q137" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R137" s="12" t="s"/>
     </x:row>
     <x:row r="138" spans="1:18">
       <x:c r="A138" s="2">
-        <x:v>46174</x:v>
-[...1 lines deleted...]
-      <x:c r="B138" s="3" t="s"/>
+        <x:v>46218</x:v>
+      </x:c>
+      <x:c r="B138" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C138" s="2" t="s"/>
       <x:c r="D138" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E138" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F138" s="3" t="s"/>
       <x:c r="G138" s="3" t="s">
-        <x:v>358</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H138" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I138" s="3" t="s">
-        <x:v>360</x:v>
-[...4 lines deleted...]
-      <x:c r="K138" s="3" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J138" s="3" t="s"/>
+      <x:c r="K138" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="L138" s="3" t="s"/>
       <x:c r="M138" s="3" t="s"/>
       <x:c r="N138" s="3" t="s"/>
       <x:c r="O138" s="3" t="s"/>
       <x:c r="P138" s="3" t="s"/>
       <x:c r="Q138" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R138" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:18">
       <x:c r="A139" s="10">
-        <x:v>46174</x:v>
-[...1 lines deleted...]
-      <x:c r="B139" s="11" t="s"/>
+        <x:v>46218</x:v>
+      </x:c>
+      <x:c r="B139" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C139" s="10" t="s"/>
       <x:c r="D139" s="11" t="s">
-        <x:v>103</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E139" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F139" s="11" t="s"/>
       <x:c r="G139" s="11" t="s">
-        <x:v>361</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H139" s="11" t="s">
-        <x:v>362</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I139" s="11" t="s">
-        <x:v>360</x:v>
-[...4 lines deleted...]
-      <x:c r="K139" s="11" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J139" s="11" t="s"/>
+      <x:c r="K139" s="11" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="L139" s="11" t="s"/>
       <x:c r="M139" s="11" t="s"/>
       <x:c r="N139" s="11" t="s"/>
       <x:c r="O139" s="11" t="s"/>
       <x:c r="P139" s="11" t="s"/>
       <x:c r="Q139" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R139" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:18">
       <x:c r="A140" s="2">
-        <x:v>46174</x:v>
+        <x:v>46218</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C140" s="2" t="s"/>
       <x:c r="D140" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E140" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F140" s="3" t="s"/>
       <x:c r="G140" s="3" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      <x:c r="J140" s="3" t="s"/>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H140" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I140" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J140" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K140" s="3" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L140" s="3" t="s"/>
       <x:c r="M140" s="3" t="s"/>
-      <x:c r="N140" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N140" s="3" t="s"/>
+      <x:c r="O140" s="3" t="s"/>
       <x:c r="P140" s="3" t="s"/>
       <x:c r="Q140" s="3" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:18">
       <x:c r="A141" s="10">
-        <x:v>46175</x:v>
+        <x:v>46218</x:v>
       </x:c>
       <x:c r="B141" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C141" s="10" t="s"/>
       <x:c r="D141" s="11" t="s">
-        <x:v>192</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E141" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F141" s="11" t="s"/>
       <x:c r="G141" s="11" t="s">
-        <x:v>193</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H141" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I141" s="11" t="s">
-        <x:v>167</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J141" s="11" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K141" s="11" t="s"/>
       <x:c r="L141" s="11" t="s"/>
       <x:c r="M141" s="11" t="s"/>
       <x:c r="N141" s="11" t="s"/>
       <x:c r="O141" s="11" t="s"/>
       <x:c r="P141" s="11" t="s"/>
       <x:c r="Q141" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R141" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R141" s="12" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="142" spans="1:18">
       <x:c r="A142" s="2">
-        <x:v>46181</x:v>
-[...1 lines deleted...]
-      <x:c r="B142" s="3" t="s"/>
+        <x:v>46218</x:v>
+      </x:c>
+      <x:c r="B142" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C142" s="2" t="s"/>
       <x:c r="D142" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E142" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F142" s="3" t="s"/>
       <x:c r="G142" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H142" s="3" t="s"/>
       <x:c r="I142" s="3" t="s"/>
       <x:c r="J142" s="3" t="s"/>
       <x:c r="K142" s="3" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="L142" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L142" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="M142" s="3" t="s"/>
-      <x:c r="N142" s="3" t="s"/>
-[...3 lines deleted...]
-      </x:c>
+      <x:c r="N142" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="O142" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="P142" s="3" t="s"/>
       <x:c r="Q142" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R142" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:18">
       <x:c r="A143" s="10">
-        <x:v>46185</x:v>
+        <x:v>46219</x:v>
       </x:c>
       <x:c r="B143" s="11" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C143" s="10" t="s"/>
       <x:c r="D143" s="11" t="s">
-        <x:v>367</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E143" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F143" s="11" t="s"/>
       <x:c r="G143" s="11" t="s">
-        <x:v>368</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H143" s="11" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-      <x:c r="J143" s="11" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="I143" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J143" s="11" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K143" s="11" t="s">
-        <x:v>95</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L143" s="11" t="s"/>
       <x:c r="M143" s="11" t="s"/>
       <x:c r="N143" s="11" t="s"/>
       <x:c r="O143" s="11" t="s"/>
       <x:c r="P143" s="11" t="s"/>
       <x:c r="Q143" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R143" s="12" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:18">
       <x:c r="A144" s="2">
-        <x:v>46188</x:v>
-[...1 lines deleted...]
-      <x:c r="B144" s="3" t="s"/>
+        <x:v>46219</x:v>
+      </x:c>
+      <x:c r="B144" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C144" s="2" t="s"/>
       <x:c r="D144" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E144" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="3" t="s"/>
       <x:c r="G144" s="3" t="s">
-        <x:v>369</x:v>
-[...2 lines deleted...]
-      <x:c r="I144" s="3" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H144" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I144" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="J144" s="3" t="s"/>
       <x:c r="K144" s="3" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-      <x:c r="M144" s="3" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="L144" s="3" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="M144" s="3" t="s">
+        <x:v>355</x:v>
+      </x:c>
       <x:c r="N144" s="3" t="s"/>
-      <x:c r="O144" s="3" t="s"/>
+      <x:c r="O144" s="3" t="s">
+        <x:v>356</x:v>
+      </x:c>
       <x:c r="P144" s="3" t="s"/>
       <x:c r="Q144" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R144" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:18">
       <x:c r="A145" s="10">
-        <x:v>46188</x:v>
-[...1 lines deleted...]
-      <x:c r="B145" s="11" t="s"/>
+        <x:v>46219</x:v>
+      </x:c>
+      <x:c r="B145" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C145" s="10" t="s"/>
       <x:c r="D145" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E145" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F145" s="11" t="s"/>
       <x:c r="G145" s="11" t="s">
-        <x:v>370</x:v>
-[...3 lines deleted...]
-      <x:c r="J145" s="11" t="s"/>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H145" s="11" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I145" s="11" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J145" s="11" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="K145" s="11" t="s">
-        <x:v>204</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L145" s="11" t="s"/>
       <x:c r="M145" s="11" t="s"/>
       <x:c r="N145" s="11" t="s"/>
       <x:c r="O145" s="11" t="s"/>
       <x:c r="P145" s="11" t="s"/>
       <x:c r="Q145" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R145" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:18">
       <x:c r="A146" s="2">
-        <x:v>46188</x:v>
-[...1 lines deleted...]
-      <x:c r="B146" s="3" t="s"/>
+        <x:v>46220</x:v>
+      </x:c>
+      <x:c r="B146" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C146" s="2" t="s"/>
       <x:c r="D146" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E146" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F146" s="3" t="s"/>
       <x:c r="G146" s="3" t="s">
-        <x:v>371</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H146" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I146" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J146" s="3" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="K146" s="3" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K146" s="3" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="L146" s="3" t="s"/>
       <x:c r="M146" s="3" t="s"/>
       <x:c r="N146" s="3" t="s"/>
       <x:c r="O146" s="3" t="s"/>
-      <x:c r="P146" s="3" t="s"/>
+      <x:c r="P146" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="Q146" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R146" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:18">
       <x:c r="A147" s="10">
-        <x:v>46188</x:v>
-[...1 lines deleted...]
-      <x:c r="B147" s="11" t="s"/>
+        <x:v>46224</x:v>
+      </x:c>
+      <x:c r="B147" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C147" s="10" t="s"/>
       <x:c r="D147" s="11" t="s">
-        <x:v>372</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E147" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F147" s="11" t="s"/>
-      <x:c r="G147" s="11" t="s"/>
-[...5 lines deleted...]
-      </x:c>
+      <x:c r="G147" s="11" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H147" s="11" t="s"/>
+      <x:c r="I147" s="11" t="s"/>
       <x:c r="J147" s="11" t="s"/>
       <x:c r="K147" s="11" t="s">
-        <x:v>225</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L147" s="11" t="s"/>
       <x:c r="M147" s="11" t="s"/>
       <x:c r="N147" s="11" t="s"/>
       <x:c r="O147" s="11" t="s"/>
       <x:c r="P147" s="11" t="s"/>
       <x:c r="Q147" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R147" s="12" t="s"/>
     </x:row>
     <x:row r="148" spans="1:18">
       <x:c r="A148" s="2">
-        <x:v>46188</x:v>
-[...1 lines deleted...]
-      <x:c r="B148" s="3" t="s"/>
+        <x:v>46226</x:v>
+      </x:c>
+      <x:c r="B148" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C148" s="2" t="s"/>
       <x:c r="D148" s="3" t="s">
-        <x:v>373</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E148" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F148" s="3" t="s"/>
       <x:c r="G148" s="3" t="s">
-        <x:v>374</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H148" s="3" t="s">
-        <x:v>223</x:v>
-[...4 lines deleted...]
-      <x:c r="J148" s="3" t="s"/>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="I148" s="3" t="s"/>
+      <x:c r="J148" s="3" t="s">
+        <x:v>363</x:v>
+      </x:c>
       <x:c r="K148" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="L148" s="3" t="s"/>
       <x:c r="M148" s="3" t="s"/>
       <x:c r="N148" s="3" t="s"/>
       <x:c r="O148" s="3" t="s"/>
       <x:c r="P148" s="3" t="s"/>
       <x:c r="Q148" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R148" s="1" t="s">
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:18">
       <x:c r="A149" s="10">
-        <x:v>46188</x:v>
+        <x:v>46227</x:v>
       </x:c>
       <x:c r="B149" s="11" t="s"/>
       <x:c r="C149" s="10" t="s"/>
       <x:c r="D149" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E149" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F149" s="11" t="s"/>
       <x:c r="G149" s="11" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H149" s="11" t="s">
-        <x:v>177</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I149" s="11" t="s">
-        <x:v>178</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J149" s="11" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="K149" s="11" t="s"/>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="K149" s="11" t="s">
+        <x:v>370</x:v>
+      </x:c>
       <x:c r="L149" s="11" t="s"/>
       <x:c r="M149" s="11" t="s"/>
       <x:c r="N149" s="11" t="s"/>
       <x:c r="O149" s="11" t="s"/>
       <x:c r="P149" s="11" t="s"/>
       <x:c r="Q149" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R149" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:18">
       <x:c r="A150" s="2">
-        <x:v>46188</x:v>
+        <x:v>46231</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C150" s="2" t="s"/>
       <x:c r="D150" s="3" t="s">
-        <x:v>375</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E150" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F150" s="3" t="s"/>
       <x:c r="G150" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H150" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I150" s="3" t="s">
-        <x:v>378</x:v>
-[...4 lines deleted...]
-      <x:c r="K150" s="3" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J150" s="3" t="s"/>
+      <x:c r="K150" s="3" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="L150" s="3" t="s"/>
       <x:c r="M150" s="3" t="s"/>
       <x:c r="N150" s="3" t="s"/>
       <x:c r="O150" s="3" t="s"/>
       <x:c r="P150" s="3" t="s"/>
       <x:c r="Q150" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R150" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:18">
       <x:c r="A151" s="10">
-        <x:v>46188</x:v>
+        <x:v>46231</x:v>
       </x:c>
       <x:c r="B151" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C151" s="10" t="s"/>
       <x:c r="D151" s="11" t="s">
-        <x:v>110</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E151" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F151" s="11" t="s"/>
       <x:c r="G151" s="11" t="s">
-        <x:v>112</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H151" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I151" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J151" s="11" t="s"/>
       <x:c r="K151" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L151" s="11" t="s"/>
       <x:c r="M151" s="11" t="s"/>
       <x:c r="N151" s="11" t="s"/>
       <x:c r="O151" s="11" t="s"/>
       <x:c r="P151" s="11" t="s"/>
       <x:c r="Q151" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R151" s="12" t="s">
-        <x:v>113</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:18">
       <x:c r="A152" s="2">
-        <x:v>46188</x:v>
+        <x:v>46231</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C152" s="2" t="s"/>
       <x:c r="D152" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E152" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F152" s="3" t="s"/>
       <x:c r="G152" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H152" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I152" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J152" s="3" t="s"/>
       <x:c r="K152" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L152" s="3" t="s"/>
       <x:c r="M152" s="3" t="s"/>
       <x:c r="N152" s="3" t="s"/>
       <x:c r="O152" s="3" t="s"/>
       <x:c r="P152" s="3" t="s"/>
       <x:c r="Q152" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R152" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:18">
       <x:c r="A153" s="10">
-        <x:v>46191</x:v>
+        <x:v>46233</x:v>
       </x:c>
       <x:c r="B153" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C153" s="10" t="s"/>
       <x:c r="D153" s="11" t="s">
-        <x:v>307</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E153" s="11" t="s">
-        <x:v>27</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F153" s="11" t="s"/>
       <x:c r="G153" s="11" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H153" s="11" t="s">
-        <x:v>310</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I153" s="11" t="s">
-        <x:v>311</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J153" s="11" t="s"/>
       <x:c r="K153" s="11" t="s">
-        <x:v>313</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L153" s="11" t="s"/>
       <x:c r="M153" s="11" t="s"/>
       <x:c r="N153" s="11" t="s"/>
       <x:c r="O153" s="11" t="s"/>
       <x:c r="P153" s="11" t="s"/>
-      <x:c r="Q153" s="11" t="s"/>
+      <x:c r="Q153" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
       <x:c r="R153" s="12" t="s">
-        <x:v>314</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:18">
       <x:c r="A154" s="2">
-        <x:v>46195</x:v>
+        <x:v>46234</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s"/>
       <x:c r="C154" s="2" t="s"/>
       <x:c r="D154" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E154" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F154" s="3" t="s"/>
       <x:c r="G154" s="3" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H154" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I154" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J154" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="K154" s="3" t="s"/>
       <x:c r="L154" s="3" t="s"/>
       <x:c r="M154" s="3" t="s"/>
       <x:c r="N154" s="3" t="s"/>
       <x:c r="O154" s="3" t="s"/>
       <x:c r="P154" s="3" t="s"/>
       <x:c r="Q154" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R154" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:18">
       <x:c r="A155" s="10">
-        <x:v>46195</x:v>
+        <x:v>46234</x:v>
       </x:c>
       <x:c r="B155" s="11" t="s"/>
       <x:c r="C155" s="10" t="s"/>
       <x:c r="D155" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E155" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F155" s="11" t="s"/>
-      <x:c r="G155" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G155" s="11" t="s"/>
       <x:c r="H155" s="11" t="s">
-        <x:v>177</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I155" s="11" t="s">
-        <x:v>178</x:v>
-[...4 lines deleted...]
-      <x:c r="K155" s="11" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J155" s="11" t="s"/>
+      <x:c r="K155" s="11" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="L155" s="11" t="s"/>
       <x:c r="M155" s="11" t="s"/>
       <x:c r="N155" s="11" t="s"/>
       <x:c r="O155" s="11" t="s"/>
-      <x:c r="P155" s="11" t="s"/>
+      <x:c r="P155" s="11" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="Q155" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R155" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:18">
       <x:c r="A156" s="2">
-        <x:v>46195</x:v>
-[...1 lines deleted...]
-      <x:c r="B156" s="3" t="s"/>
+        <x:v>46234</x:v>
+      </x:c>
+      <x:c r="B156" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C156" s="2" t="s"/>
       <x:c r="D156" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E156" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F156" s="3" t="s"/>
       <x:c r="G156" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H156" s="3" t="s"/>
       <x:c r="I156" s="3" t="s"/>
       <x:c r="J156" s="3" t="s"/>
       <x:c r="K156" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L156" s="3" t="s"/>
       <x:c r="M156" s="3" t="s"/>
       <x:c r="N156" s="3" t="s"/>
       <x:c r="O156" s="3" t="s"/>
-      <x:c r="P156" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P156" s="3" t="s"/>
       <x:c r="Q156" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R156" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:18">
       <x:c r="A157" s="10">
-        <x:v>46195</x:v>
-[...1 lines deleted...]
-      <x:c r="B157" s="11" t="s"/>
+        <x:v>46234</x:v>
+      </x:c>
+      <x:c r="B157" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C157" s="10" t="s"/>
       <x:c r="D157" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E157" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F157" s="11" t="s"/>
       <x:c r="G157" s="11" t="s">
-        <x:v>384</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H157" s="11" t="s">
-        <x:v>107</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I157" s="11" t="s">
-        <x:v>108</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J157" s="11" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="K157" s="11" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="K157" s="11" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="L157" s="11" t="s"/>
       <x:c r="M157" s="11" t="s"/>
       <x:c r="N157" s="11" t="s"/>
       <x:c r="O157" s="11" t="s"/>
       <x:c r="P157" s="11" t="s"/>
       <x:c r="Q157" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R157" s="12" t="s"/>
     </x:row>
     <x:row r="158" spans="1:18">
       <x:c r="A158" s="2">
-        <x:v>46196</x:v>
+        <x:v>46238</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s"/>
       <x:c r="C158" s="2" t="s"/>
       <x:c r="D158" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E158" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F158" s="3" t="s"/>
-      <x:c r="G158" s="3" t="s">
-[...3 lines deleted...]
-      <x:c r="I158" s="3" t="s"/>
+      <x:c r="G158" s="3" t="s"/>
+      <x:c r="H158" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I158" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J158" s="3" t="s"/>
       <x:c r="K158" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L158" s="3" t="s"/>
       <x:c r="M158" s="3" t="s"/>
       <x:c r="N158" s="3" t="s"/>
       <x:c r="O158" s="3" t="s"/>
-      <x:c r="P158" s="3" t="s"/>
+      <x:c r="P158" s="3" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="Q158" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R158" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:18">
       <x:c r="A159" s="10">
-        <x:v>46199</x:v>
+        <x:v>46238</x:v>
       </x:c>
       <x:c r="B159" s="11" t="s"/>
       <x:c r="C159" s="10" t="s"/>
       <x:c r="D159" s="11" t="s">
-        <x:v>103</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E159" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F159" s="11" t="s"/>
-      <x:c r="G159" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G159" s="11" t="s"/>
       <x:c r="H159" s="11" t="s">
-        <x:v>387</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I159" s="11" t="s">
-        <x:v>388</x:v>
-[...4 lines deleted...]
-      <x:c r="K159" s="11" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J159" s="11" t="s"/>
+      <x:c r="K159" s="11" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="L159" s="11" t="s"/>
       <x:c r="M159" s="11" t="s"/>
       <x:c r="N159" s="11" t="s"/>
       <x:c r="O159" s="11" t="s"/>
-      <x:c r="P159" s="11" t="s"/>
+      <x:c r="P159" s="11" t="s">
+        <x:v>229</x:v>
+      </x:c>
       <x:c r="Q159" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R159" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:18">
       <x:c r="A160" s="2">
-        <x:v>46202</x:v>
-[...1 lines deleted...]
-      <x:c r="B160" s="3" t="s"/>
+        <x:v>46238</x:v>
+      </x:c>
+      <x:c r="B160" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C160" s="2" t="s"/>
       <x:c r="D160" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E160" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F160" s="3" t="s"/>
       <x:c r="G160" s="3" t="s">
-        <x:v>390</x:v>
-[...3 lines deleted...]
-      <x:c r="J160" s="3" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H160" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I160" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J160" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K160" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L160" s="3" t="s"/>
       <x:c r="M160" s="3" t="s"/>
       <x:c r="N160" s="3" t="s"/>
       <x:c r="O160" s="3" t="s"/>
-      <x:c r="P160" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P160" s="3" t="s"/>
       <x:c r="Q160" s="3" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:18">
       <x:c r="A161" s="10">
-        <x:v>46203</x:v>
-[...1 lines deleted...]
-      <x:c r="B161" s="11" t="s"/>
+        <x:v>46238</x:v>
+      </x:c>
+      <x:c r="B161" s="11" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C161" s="10" t="s"/>
       <x:c r="D161" s="11" t="s">
-        <x:v>392</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E161" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F161" s="11" t="s"/>
       <x:c r="G161" s="11" t="s">
-        <x:v>393</x:v>
-[...2 lines deleted...]
-      <x:c r="I161" s="11" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H161" s="11" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="I161" s="11" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J161" s="11" t="s"/>
       <x:c r="K161" s="11" t="s">
-        <x:v>279</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L161" s="11" t="s"/>
       <x:c r="M161" s="11" t="s"/>
       <x:c r="N161" s="11" t="s"/>
       <x:c r="O161" s="11" t="s"/>
-      <x:c r="P161" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P161" s="11" t="s"/>
       <x:c r="Q161" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R161" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:18">
       <x:c r="A162" s="2">
-        <x:v>46203</x:v>
+        <x:v>46240</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C162" s="2" t="s"/>
       <x:c r="D162" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E162" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F162" s="3" t="s"/>
       <x:c r="G162" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H162" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I162" s="3" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J162" s="3" t="s"/>
       <x:c r="K162" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L162" s="3" t="s"/>
       <x:c r="M162" s="3" t="s"/>
       <x:c r="N162" s="3" t="s"/>
       <x:c r="O162" s="3" t="s"/>
       <x:c r="P162" s="3" t="s"/>
       <x:c r="Q162" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R162" s="1" t="s">
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:18">
       <x:c r="A163" s="10">
-        <x:v>46203</x:v>
+        <x:v>46240</x:v>
       </x:c>
       <x:c r="B163" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C163" s="10" t="s"/>
       <x:c r="D163" s="11" t="s">
-        <x:v>395</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E163" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F163" s="11" t="s"/>
       <x:c r="G163" s="11" t="s">
-        <x:v>396</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H163" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I163" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J163" s="11" t="s"/>
       <x:c r="K163" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L163" s="11" t="s"/>
       <x:c r="M163" s="11" t="s"/>
       <x:c r="N163" s="11" t="s"/>
       <x:c r="O163" s="11" t="s"/>
       <x:c r="P163" s="11" t="s"/>
       <x:c r="Q163" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R163" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R163" s="12" t="s">
+        <x:v>214</x:v>
+      </x:c>
     </x:row>
     <x:row r="164" spans="1:18">
       <x:c r="A164" s="2">
-        <x:v>46205</x:v>
+        <x:v>46240</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C164" s="2" t="s"/>
       <x:c r="D164" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E164" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F164" s="3" t="s"/>
       <x:c r="G164" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H164" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I164" s="3" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J164" s="3" t="s"/>
       <x:c r="K164" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L164" s="3" t="s"/>
       <x:c r="M164" s="3" t="s"/>
       <x:c r="N164" s="3" t="s"/>
       <x:c r="O164" s="3" t="s"/>
       <x:c r="P164" s="3" t="s"/>
       <x:c r="Q164" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R164" s="1" t="s">
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:18">
       <x:c r="A165" s="10">
-        <x:v>46206</x:v>
-[...1 lines deleted...]
-      <x:c r="B165" s="11" t="s"/>
+        <x:v>46240</x:v>
+      </x:c>
+      <x:c r="B165" s="11" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C165" s="10" t="s"/>
       <x:c r="D165" s="11" t="s">
-        <x:v>103</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E165" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F165" s="11" t="s"/>
       <x:c r="G165" s="11" t="s">
-        <x:v>397</x:v>
-[...11 lines deleted...]
-      <x:c r="L165" s="11" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="H165" s="11" t="s"/>
+      <x:c r="I165" s="11" t="s"/>
+      <x:c r="J165" s="11" t="s"/>
+      <x:c r="K165" s="11" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L165" s="11" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="M165" s="11" t="s"/>
-      <x:c r="N165" s="11" t="s"/>
-      <x:c r="O165" s="11" t="s"/>
+      <x:c r="N165" s="11" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="O165" s="11" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="P165" s="11" t="s"/>
       <x:c r="Q165" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R165" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:18">
       <x:c r="A166" s="2">
-        <x:v>46211</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46241</x:v>
+      </x:c>
+      <x:c r="B166" s="3" t="s"/>
       <x:c r="C166" s="2" t="s"/>
       <x:c r="D166" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E166" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F166" s="3" t="s"/>
-      <x:c r="G166" s="3" t="s"/>
-[...5 lines deleted...]
-      </x:c>
+      <x:c r="G166" s="3" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H166" s="3" t="s"/>
+      <x:c r="I166" s="3" t="s"/>
       <x:c r="J166" s="3" t="s"/>
       <x:c r="K166" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L166" s="3" t="s"/>
       <x:c r="M166" s="3" t="s"/>
       <x:c r="N166" s="3" t="s"/>
       <x:c r="O166" s="3" t="s"/>
       <x:c r="P166" s="3" t="s"/>
-      <x:c r="Q166" s="3" t="s"/>
+      <x:c r="Q166" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="R166" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:18">
       <x:c r="A167" s="10">
-        <x:v>46213</x:v>
+        <x:v>46241</x:v>
       </x:c>
       <x:c r="B167" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C167" s="10" t="s"/>
       <x:c r="D167" s="11" t="s">
-        <x:v>261</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E167" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F167" s="11" t="s"/>
       <x:c r="G167" s="11" t="s">
-        <x:v>262</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H167" s="11" t="s">
-        <x:v>263</x:v>
-[...1 lines deleted...]
-      <x:c r="I167" s="11" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I167" s="11" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="J167" s="11" t="s"/>
       <x:c r="K167" s="11" t="s">
-        <x:v>264</x:v>
-[...2 lines deleted...]
-      <x:c r="M167" s="11" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="L167" s="11" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="M167" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="N167" s="11" t="s"/>
-      <x:c r="O167" s="11" t="s"/>
+      <x:c r="O167" s="11" t="s">
+        <x:v>246</x:v>
+      </x:c>
       <x:c r="P167" s="11" t="s"/>
       <x:c r="Q167" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R167" s="12" t="s"/>
+      <x:c r="R167" s="12" t="s">
+        <x:v>247</x:v>
+      </x:c>
     </x:row>
     <x:row r="168" spans="1:18">
       <x:c r="A168" s="2">
-        <x:v>46217</x:v>
-[...1 lines deleted...]
-      <x:c r="B168" s="3" t="s"/>
+        <x:v>46243</x:v>
+      </x:c>
+      <x:c r="B168" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C168" s="2" t="s"/>
       <x:c r="D168" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E168" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F168" s="3" t="s"/>
       <x:c r="G168" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H168" s="3" t="s">
-        <x:v>267</x:v>
-[...1 lines deleted...]
-      <x:c r="I168" s="3" t="s"/>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I168" s="3" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J168" s="3" t="s"/>
       <x:c r="K168" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L168" s="3" t="s"/>
       <x:c r="M168" s="3" t="s"/>
       <x:c r="N168" s="3" t="s"/>
       <x:c r="O168" s="3" t="s"/>
       <x:c r="P168" s="3" t="s"/>
       <x:c r="Q168" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:18">
       <x:c r="A169" s="10">
-        <x:v>46217</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="B169" s="11" t="s"/>
       <x:c r="C169" s="10" t="s"/>
       <x:c r="D169" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E169" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F169" s="11" t="s"/>
       <x:c r="G169" s="11" t="s">
-        <x:v>400</x:v>
-[...2 lines deleted...]
-      <x:c r="I169" s="11" t="s"/>
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H169" s="11" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="I169" s="11" t="s">
+        <x:v>291</x:v>
+      </x:c>
       <x:c r="J169" s="11" t="s"/>
       <x:c r="K169" s="11" t="s">
-        <x:v>279</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="L169" s="11" t="s"/>
       <x:c r="M169" s="11" t="s"/>
       <x:c r="N169" s="11" t="s"/>
       <x:c r="O169" s="11" t="s"/>
       <x:c r="P169" s="11" t="s"/>
       <x:c r="Q169" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R169" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:18">
       <x:c r="A170" s="2">
-        <x:v>46217</x:v>
+        <x:v>46244</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C170" s="2" t="s"/>
       <x:c r="D170" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E170" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F170" s="3" t="s"/>
       <x:c r="G170" s="3" t="s">
-        <x:v>402</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H170" s="3" t="s"/>
       <x:c r="I170" s="3" t="s"/>
       <x:c r="J170" s="3" t="s"/>
       <x:c r="K170" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L170" s="3" t="s"/>
       <x:c r="M170" s="3" t="s"/>
       <x:c r="N170" s="3" t="s"/>
       <x:c r="O170" s="3" t="s"/>
       <x:c r="P170" s="3" t="s"/>
       <x:c r="Q170" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R170" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:18">
       <x:c r="A171" s="10">
-        <x:v>46218</x:v>
+        <x:v>46245</x:v>
       </x:c>
       <x:c r="B171" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C171" s="10" t="s"/>
       <x:c r="D171" s="11" t="s">
-        <x:v>271</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E171" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F171" s="11" t="s"/>
       <x:c r="G171" s="11" t="s">
-        <x:v>403</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H171" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I171" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J171" s="11" t="s"/>
       <x:c r="K171" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L171" s="11" t="s"/>
       <x:c r="M171" s="11" t="s"/>
       <x:c r="N171" s="11" t="s"/>
       <x:c r="O171" s="11" t="s"/>
       <x:c r="P171" s="11" t="s"/>
       <x:c r="Q171" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R171" s="12" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R171" s="12" t="s">
+        <x:v>237</x:v>
+      </x:c>
     </x:row>
     <x:row r="172" spans="1:18">
       <x:c r="A172" s="2">
-        <x:v>46218</x:v>
+        <x:v>46245</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C172" s="2" t="s"/>
       <x:c r="D172" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E172" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F172" s="3" t="s"/>
       <x:c r="G172" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H172" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I172" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J172" s="3" t="s"/>
       <x:c r="K172" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L172" s="3" t="s"/>
       <x:c r="M172" s="3" t="s"/>
       <x:c r="N172" s="3" t="s"/>
       <x:c r="O172" s="3" t="s"/>
       <x:c r="P172" s="3" t="s"/>
       <x:c r="Q172" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R172" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:18">
       <x:c r="A173" s="10">
-        <x:v>46218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46246</x:v>
+      </x:c>
+      <x:c r="B173" s="11" t="s"/>
       <x:c r="C173" s="10" t="s"/>
       <x:c r="D173" s="11" t="s">
-        <x:v>114</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E173" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F173" s="11" t="s"/>
-      <x:c r="G173" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G173" s="11" t="s"/>
       <x:c r="H173" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I173" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J173" s="11" t="s"/>
       <x:c r="K173" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L173" s="11" t="s"/>
       <x:c r="M173" s="11" t="s"/>
       <x:c r="N173" s="11" t="s"/>
       <x:c r="O173" s="11" t="s"/>
-      <x:c r="P173" s="11" t="s"/>
+      <x:c r="P173" s="11" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="Q173" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R173" s="12" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:18">
       <x:c r="A174" s="2">
-        <x:v>46218</x:v>
+        <x:v>46246</x:v>
       </x:c>
       <x:c r="B174" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C174" s="2" t="s"/>
       <x:c r="D174" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E174" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F174" s="3" t="s"/>
       <x:c r="G174" s="3" t="s">
-        <x:v>404</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H174" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I174" s="3" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J174" s="3" t="s"/>
       <x:c r="K174" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L174" s="3" t="s"/>
       <x:c r="M174" s="3" t="s"/>
       <x:c r="N174" s="3" t="s"/>
       <x:c r="O174" s="3" t="s"/>
       <x:c r="P174" s="3" t="s"/>
       <x:c r="Q174" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R174" s="1" t="s">
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:18">
       <x:c r="A175" s="10">
-        <x:v>46218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46248</x:v>
+      </x:c>
+      <x:c r="B175" s="11" t="s"/>
       <x:c r="C175" s="10" t="s"/>
       <x:c r="D175" s="11" t="s">
-        <x:v>375</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E175" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F175" s="11" t="s"/>
       <x:c r="G175" s="11" t="s">
-        <x:v>405</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H175" s="11" t="s">
-        <x:v>377</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I175" s="11" t="s">
-        <x:v>378</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J175" s="11" t="s">
-        <x:v>379</x:v>
-[...1 lines deleted...]
-      <x:c r="K175" s="11" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="K175" s="11" t="s">
+        <x:v>159</x:v>
+      </x:c>
       <x:c r="L175" s="11" t="s"/>
       <x:c r="M175" s="11" t="s"/>
       <x:c r="N175" s="11" t="s"/>
       <x:c r="O175" s="11" t="s"/>
       <x:c r="P175" s="11" t="s"/>
       <x:c r="Q175" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R175" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:18">
       <x:c r="A176" s="2">
-        <x:v>46218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46248</x:v>
+      </x:c>
+      <x:c r="B176" s="3" t="s"/>
       <x:c r="C176" s="2" t="s"/>
       <x:c r="D176" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E176" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F176" s="3" t="s"/>
       <x:c r="G176" s="3" t="s">
-        <x:v>406</x:v>
-[...2 lines deleted...]
-      <x:c r="I176" s="3" t="s"/>
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H176" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="I176" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="J176" s="3" t="s"/>
       <x:c r="K176" s="3" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L176" s="3" t="s"/>
       <x:c r="M176" s="3" t="s"/>
-      <x:c r="N176" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N176" s="3" t="s"/>
+      <x:c r="O176" s="3" t="s"/>
       <x:c r="P176" s="3" t="s"/>
       <x:c r="Q176" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R176" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:18">
       <x:c r="A177" s="10">
-        <x:v>46219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46248</x:v>
+      </x:c>
+      <x:c r="B177" s="11" t="s"/>
       <x:c r="C177" s="10" t="s"/>
       <x:c r="D177" s="11" t="s">
-        <x:v>407</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E177" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F177" s="11" t="s"/>
       <x:c r="G177" s="11" t="s">
-        <x:v>408</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H177" s="11" t="s">
-        <x:v>282</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I177" s="11" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="J177" s="11" t="s"/>
       <x:c r="K177" s="11" t="s">
-        <x:v>284</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L177" s="11" t="s"/>
       <x:c r="M177" s="11" t="s"/>
       <x:c r="N177" s="11" t="s"/>
       <x:c r="O177" s="11" t="s"/>
       <x:c r="P177" s="11" t="s"/>
       <x:c r="Q177" s="11" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R177" s="12" t="s"/>
     </x:row>
     <x:row r="178" spans="1:18">
       <x:c r="A178" s="2">
-        <x:v>46219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46248</x:v>
+      </x:c>
+      <x:c r="B178" s="3" t="s"/>
       <x:c r="C178" s="2" t="s"/>
       <x:c r="D178" s="3" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E178" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F178" s="3" t="s"/>
       <x:c r="G178" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H178" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I178" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J178" s="3" t="s"/>
       <x:c r="K178" s="3" t="s">
-        <x:v>145</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L178" s="3" t="s"/>
+      <x:c r="M178" s="3" t="s"/>
       <x:c r="N178" s="3" t="s"/>
-      <x:c r="O178" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O178" s="3" t="s"/>
       <x:c r="P178" s="3" t="s"/>
       <x:c r="Q178" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:18">
       <x:c r="A179" s="10">
-        <x:v>46219</x:v>
+        <x:v>46248</x:v>
       </x:c>
       <x:c r="B179" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C179" s="10" t="s"/>
       <x:c r="D179" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E179" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F179" s="11" t="s"/>
       <x:c r="G179" s="11" t="s">
-        <x:v>414</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H179" s="11" t="s">
-        <x:v>242</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I179" s="11" t="s"/>
+      <x:c r="J179" s="11" t="s"/>
       <x:c r="K179" s="11" t="s">
-        <x:v>290</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L179" s="11" t="s"/>
       <x:c r="M179" s="11" t="s"/>
       <x:c r="N179" s="11" t="s"/>
       <x:c r="O179" s="11" t="s"/>
       <x:c r="P179" s="11" t="s"/>
       <x:c r="Q179" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R179" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:18">
       <x:c r="A180" s="2">
-        <x:v>46224</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46251</x:v>
+      </x:c>
+      <x:c r="B180" s="3" t="s"/>
       <x:c r="C180" s="2" t="s"/>
       <x:c r="D180" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E180" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F180" s="3" t="s"/>
       <x:c r="G180" s="3" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H180" s="3" t="s"/>
       <x:c r="I180" s="3" t="s"/>
       <x:c r="J180" s="3" t="s"/>
       <x:c r="K180" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L180" s="3" t="s"/>
       <x:c r="M180" s="3" t="s"/>
       <x:c r="N180" s="3" t="s"/>
       <x:c r="O180" s="3" t="s"/>
       <x:c r="P180" s="3" t="s"/>
       <x:c r="Q180" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="R180" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:18">
       <x:c r="A181" s="10">
-        <x:v>46226</x:v>
+        <x:v>46251</x:v>
       </x:c>
       <x:c r="B181" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C181" s="10" t="s"/>
       <x:c r="D181" s="11" t="s">
-        <x:v>415</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E181" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F181" s="11" t="s"/>
       <x:c r="G181" s="11" t="s">
-        <x:v>416</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H181" s="11" t="s">
-        <x:v>138</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I181" s="11" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J181" s="11" t="s"/>
       <x:c r="K181" s="11" t="s">
-        <x:v>140</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L181" s="11" t="s"/>
       <x:c r="M181" s="11" t="s"/>
       <x:c r="N181" s="11" t="s"/>
       <x:c r="O181" s="11" t="s"/>
       <x:c r="P181" s="11" t="s"/>
       <x:c r="Q181" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R181" s="12" t="s">
-        <x:v>86</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:18">
       <x:c r="A182" s="2">
-        <x:v>46227</x:v>
-[...1 lines deleted...]
-      <x:c r="B182" s="3" t="s"/>
+        <x:v>46251</x:v>
+      </x:c>
+      <x:c r="B182" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C182" s="2" t="s"/>
       <x:c r="D182" s="3" t="s">
-        <x:v>417</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E182" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F182" s="3" t="s"/>
       <x:c r="G182" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H182" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I182" s="3" t="s">
-        <x:v>199</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J182" s="3" t="s"/>
       <x:c r="K182" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L182" s="3" t="s"/>
       <x:c r="M182" s="3" t="s"/>
       <x:c r="N182" s="3" t="s"/>
       <x:c r="O182" s="3" t="s"/>
       <x:c r="P182" s="3" t="s"/>
       <x:c r="Q182" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R182" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:18">
       <x:c r="A183" s="10">
-        <x:v>46231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46252</x:v>
+      </x:c>
+      <x:c r="B183" s="11" t="s"/>
       <x:c r="C183" s="10" t="s"/>
       <x:c r="D183" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E183" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F183" s="11" t="s"/>
       <x:c r="G183" s="11" t="s">
-        <x:v>420</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H183" s="11" t="s"/>
+      <x:c r="I183" s="11" t="s"/>
       <x:c r="J183" s="11" t="s"/>
       <x:c r="K183" s="11" t="s">
-        <x:v>215</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L183" s="11" t="s"/>
       <x:c r="M183" s="11" t="s"/>
       <x:c r="N183" s="11" t="s"/>
       <x:c r="O183" s="11" t="s"/>
-      <x:c r="P183" s="11" t="s"/>
+      <x:c r="P183" s="11" t="s">
+        <x:v>406</x:v>
+      </x:c>
       <x:c r="Q183" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R183" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:18">
       <x:c r="A184" s="2">
-        <x:v>46231</x:v>
+        <x:v>46253</x:v>
       </x:c>
       <x:c r="B184" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C184" s="2" t="s"/>
       <x:c r="D184" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E184" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F184" s="3" t="s"/>
       <x:c r="G184" s="3" t="s">
-        <x:v>421</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H184" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I184" s="3" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J184" s="3" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J184" s="3" t="s">
+        <x:v>164</x:v>
+      </x:c>
       <x:c r="K184" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L184" s="3" t="s"/>
       <x:c r="M184" s="3" t="s"/>
       <x:c r="N184" s="3" t="s"/>
       <x:c r="O184" s="3" t="s"/>
-      <x:c r="P184" s="3" t="s"/>
+      <x:c r="P184" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="Q184" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R184" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:18">
       <x:c r="A185" s="10">
-        <x:v>46231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46254</x:v>
+      </x:c>
+      <x:c r="B185" s="11" t="s"/>
       <x:c r="C185" s="10" t="s"/>
       <x:c r="D185" s="11" t="s">
-        <x:v>212</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E185" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F185" s="11" t="s"/>
       <x:c r="G185" s="11" t="s">
-        <x:v>422</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H185" s="11" t="s">
-        <x:v>214</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I185" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J185" s="11" t="s"/>
       <x:c r="K185" s="11" t="s">
-        <x:v>215</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L185" s="11" t="s"/>
       <x:c r="M185" s="11" t="s"/>
       <x:c r="N185" s="11" t="s"/>
       <x:c r="O185" s="11" t="s"/>
       <x:c r="P185" s="11" t="s"/>
       <x:c r="Q185" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R185" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:18">
       <x:c r="A186" s="2">
-        <x:v>46233</x:v>
+        <x:v>46254</x:v>
       </x:c>
       <x:c r="B186" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C186" s="2" t="s"/>
       <x:c r="D186" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E186" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F186" s="3" t="s"/>
       <x:c r="G186" s="3" t="s">
-        <x:v>423</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H186" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I186" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J186" s="3" t="s"/>
       <x:c r="K186" s="3" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-      <x:c r="M186" s="3" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="L186" s="3" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="M186" s="3" t="s">
+        <x:v>275</x:v>
+      </x:c>
       <x:c r="N186" s="3" t="s"/>
-      <x:c r="O186" s="3" t="s"/>
+      <x:c r="O186" s="3" t="s">
+        <x:v>276</x:v>
+      </x:c>
       <x:c r="P186" s="3" t="s"/>
       <x:c r="Q186" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R186" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:18">
       <x:c r="A187" s="10">
-        <x:v>46234</x:v>
+        <x:v>46260</x:v>
       </x:c>
       <x:c r="B187" s="11" t="s"/>
       <x:c r="C187" s="10" t="s"/>
       <x:c r="D187" s="11" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E187" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F187" s="11" t="s"/>
       <x:c r="G187" s="11" t="s">
-        <x:v>424</x:v>
-[...10 lines deleted...]
-      <x:c r="K187" s="11" t="s"/>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H187" s="11" t="s"/>
+      <x:c r="I187" s="11" t="s"/>
+      <x:c r="J187" s="11" t="s"/>
+      <x:c r="K187" s="11" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="L187" s="11" t="s"/>
       <x:c r="M187" s="11" t="s"/>
       <x:c r="N187" s="11" t="s"/>
       <x:c r="O187" s="11" t="s"/>
       <x:c r="P187" s="11" t="s"/>
       <x:c r="Q187" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R187" s="12" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:18">
       <x:c r="A188" s="2">
-        <x:v>46234</x:v>
+        <x:v>46260</x:v>
       </x:c>
       <x:c r="B188" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C188" s="2" t="s"/>
       <x:c r="D188" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E188" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F188" s="3" t="s"/>
       <x:c r="G188" s="3" t="s">
-        <x:v>165</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="H188" s="3" t="s"/>
+      <x:c r="I188" s="3" t="s"/>
+      <x:c r="J188" s="3" t="s"/>
       <x:c r="K188" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L188" s="3" t="s"/>
       <x:c r="M188" s="3" t="s"/>
       <x:c r="N188" s="3" t="s"/>
       <x:c r="O188" s="3" t="s"/>
       <x:c r="P188" s="3" t="s"/>
       <x:c r="Q188" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="R188" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:18">
       <x:c r="A189" s="10">
-        <x:v>46238</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46261</x:v>
+      </x:c>
+      <x:c r="B189" s="11" t="s"/>
       <x:c r="C189" s="10" t="s"/>
       <x:c r="D189" s="11" t="s">
-        <x:v>192</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E189" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F189" s="11" t="s"/>
       <x:c r="G189" s="11" t="s">
-        <x:v>193</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H189" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I189" s="11" t="s">
-        <x:v>167</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J189" s="11" t="s">
-        <x:v>168</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K189" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="L189" s="11" t="s"/>
       <x:c r="M189" s="11" t="s"/>
       <x:c r="N189" s="11" t="s"/>
       <x:c r="O189" s="11" t="s"/>
       <x:c r="P189" s="11" t="s"/>
       <x:c r="Q189" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R189" s="12" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="R189" s="12" t="s">
+        <x:v>371</x:v>
+      </x:c>
     </x:row>
     <x:row r="190" spans="1:18">
       <x:c r="A190" s="2">
-        <x:v>46238</x:v>
+        <x:v>46261</x:v>
       </x:c>
       <x:c r="B190" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C190" s="2" t="s"/>
       <x:c r="D190" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E190" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F190" s="3" t="s"/>
       <x:c r="G190" s="3" t="s">
-        <x:v>428</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H190" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I190" s="3" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="J190" s="3" t="s"/>
       <x:c r="K190" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="L190" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="L190" s="3" t="s"/>
-      <x:c r="M190" s="3" t="s"/>
+      <x:c r="M190" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="N190" s="3" t="s"/>
-      <x:c r="O190" s="3" t="s"/>
+      <x:c r="O190" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="P190" s="3" t="s"/>
       <x:c r="Q190" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R190" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:18">
       <x:c r="A191" s="10">
-        <x:v>46240</x:v>
+        <x:v>46265</x:v>
       </x:c>
       <x:c r="B191" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C191" s="10" t="s"/>
       <x:c r="D191" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E191" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F191" s="11" t="s"/>
       <x:c r="G191" s="11" t="s">
-        <x:v>429</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H191" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I191" s="11" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J191" s="11" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J191" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K191" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L191" s="11" t="s"/>
       <x:c r="M191" s="11" t="s"/>
       <x:c r="N191" s="11" t="s"/>
       <x:c r="O191" s="11" t="s"/>
       <x:c r="P191" s="11" t="s"/>
       <x:c r="Q191" s="11" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R191" s="12" t="s"/>
     </x:row>
     <x:row r="192" spans="1:18">
       <x:c r="A192" s="2">
-        <x:v>46240</x:v>
+        <x:v>46265</x:v>
       </x:c>
       <x:c r="B192" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C192" s="2" t="s"/>
       <x:c r="D192" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E192" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F192" s="3" t="s"/>
       <x:c r="G192" s="3" t="s">
-        <x:v>430</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H192" s="3" t="s"/>
+      <x:c r="I192" s="3" t="s"/>
       <x:c r="J192" s="3" t="s"/>
       <x:c r="K192" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L192" s="3" t="s"/>
       <x:c r="M192" s="3" t="s"/>
       <x:c r="N192" s="3" t="s"/>
       <x:c r="O192" s="3" t="s"/>
       <x:c r="P192" s="3" t="s"/>
       <x:c r="Q192" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R192" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:18">
       <x:c r="A193" s="10">
-        <x:v>46240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46267</x:v>
+      </x:c>
+      <x:c r="B193" s="11" t="s"/>
       <x:c r="C193" s="10" t="s"/>
       <x:c r="D193" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E193" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F193" s="11" t="s"/>
       <x:c r="G193" s="11" t="s">
-        <x:v>431</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H193" s="11" t="s"/>
+      <x:c r="I193" s="11" t="s"/>
       <x:c r="J193" s="11" t="s"/>
       <x:c r="K193" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L193" s="11" t="s"/>
       <x:c r="M193" s="11" t="s"/>
       <x:c r="N193" s="11" t="s"/>
       <x:c r="O193" s="11" t="s"/>
-      <x:c r="P193" s="11" t="s"/>
+      <x:c r="P193" s="11" t="s">
+        <x:v>420</x:v>
+      </x:c>
       <x:c r="Q193" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R193" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:18">
       <x:c r="A194" s="2">
-        <x:v>46240</x:v>
+        <x:v>46267</x:v>
       </x:c>
       <x:c r="B194" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C194" s="2" t="s"/>
       <x:c r="D194" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E194" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F194" s="3" t="s"/>
       <x:c r="G194" s="3" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      <x:c r="J194" s="3" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H194" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I194" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J194" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K194" s="3" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L194" s="3" t="s"/>
       <x:c r="M194" s="3" t="s"/>
-      <x:c r="N194" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N194" s="3" t="s"/>
+      <x:c r="O194" s="3" t="s"/>
       <x:c r="P194" s="3" t="s"/>
       <x:c r="Q194" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:18">
       <x:c r="A195" s="10">
-        <x:v>46241</x:v>
+        <x:v>46274</x:v>
       </x:c>
       <x:c r="B195" s="11" t="s"/>
       <x:c r="C195" s="10" t="s"/>
       <x:c r="D195" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E195" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F195" s="11" t="s"/>
       <x:c r="G195" s="11" t="s">
-        <x:v>433</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="H195" s="11" t="s"/>
       <x:c r="I195" s="11" t="s"/>
       <x:c r="J195" s="11" t="s"/>
       <x:c r="K195" s="11" t="s">
-        <x:v>204</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L195" s="11" t="s"/>
       <x:c r="M195" s="11" t="s"/>
       <x:c r="N195" s="11" t="s"/>
       <x:c r="O195" s="11" t="s"/>
-      <x:c r="P195" s="11" t="s"/>
+      <x:c r="P195" s="11" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="Q195" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R195" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:18">
       <x:c r="A196" s="2">
-        <x:v>46241</x:v>
+        <x:v>46279</x:v>
       </x:c>
       <x:c r="B196" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C196" s="2" t="s"/>
       <x:c r="D196" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E196" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F196" s="3" t="s"/>
       <x:c r="G196" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H196" s="3" t="s">
-        <x:v>46</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I196" s="3" t="s"/>
       <x:c r="J196" s="3" t="s"/>
       <x:c r="K196" s="3" t="s">
-        <x:v>48</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="L196" s="3" t="s"/>
+      <x:c r="M196" s="3" t="s"/>
       <x:c r="N196" s="3" t="s"/>
-      <x:c r="O196" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O196" s="3" t="s"/>
       <x:c r="P196" s="3" t="s"/>
       <x:c r="Q196" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R196" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:18">
       <x:c r="A197" s="10">
-        <x:v>46243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46280</x:v>
+      </x:c>
+      <x:c r="B197" s="11" t="s"/>
       <x:c r="C197" s="10" t="s"/>
       <x:c r="D197" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E197" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F197" s="11" t="s"/>
-      <x:c r="G197" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G197" s="11" t="s"/>
       <x:c r="H197" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I197" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J197" s="11" t="s"/>
       <x:c r="K197" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L197" s="11" t="s"/>
       <x:c r="M197" s="11" t="s"/>
       <x:c r="N197" s="11" t="s"/>
       <x:c r="O197" s="11" t="s"/>
       <x:c r="P197" s="11" t="s"/>
       <x:c r="Q197" s="11" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="R197" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R197" s="12" t="s">
+        <x:v>39</x:v>
+      </x:c>
     </x:row>
     <x:row r="198" spans="1:18">
       <x:c r="A198" s="2">
-        <x:v>46244</x:v>
-[...1 lines deleted...]
-      <x:c r="B198" s="3" t="s"/>
+        <x:v>46280</x:v>
+      </x:c>
+      <x:c r="B198" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C198" s="2" t="s"/>
       <x:c r="D198" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E198" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F198" s="3" t="s"/>
       <x:c r="G198" s="3" t="s">
-        <x:v>436</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H198" s="3" t="s">
-        <x:v>398</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I198" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J198" s="3" t="s"/>
       <x:c r="K198" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L198" s="3" t="s"/>
       <x:c r="M198" s="3" t="s"/>
       <x:c r="N198" s="3" t="s"/>
       <x:c r="O198" s="3" t="s"/>
       <x:c r="P198" s="3" t="s"/>
       <x:c r="Q198" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R198" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:18">
       <x:c r="A199" s="10">
-        <x:v>46245</x:v>
+        <x:v>46280</x:v>
       </x:c>
       <x:c r="B199" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C199" s="10" t="s"/>
       <x:c r="D199" s="11" t="s">
-        <x:v>66</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E199" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F199" s="11" t="s"/>
       <x:c r="G199" s="11" t="s">
-        <x:v>438</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H199" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I199" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J199" s="11" t="s"/>
       <x:c r="K199" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L199" s="11" t="s"/>
       <x:c r="M199" s="11" t="s"/>
       <x:c r="N199" s="11" t="s"/>
       <x:c r="O199" s="11" t="s"/>
       <x:c r="P199" s="11" t="s"/>
       <x:c r="Q199" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R199" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:18">
       <x:c r="A200" s="2">
-        <x:v>46245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46281</x:v>
+      </x:c>
+      <x:c r="B200" s="3" t="s"/>
       <x:c r="C200" s="2" t="s"/>
       <x:c r="D200" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E200" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F200" s="3" t="s"/>
       <x:c r="G200" s="3" t="s">
-        <x:v>439</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H200" s="3" t="s"/>
+      <x:c r="I200" s="3" t="s"/>
       <x:c r="J200" s="3" t="s"/>
       <x:c r="K200" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L200" s="3" t="s"/>
       <x:c r="M200" s="3" t="s"/>
       <x:c r="N200" s="3" t="s"/>
       <x:c r="O200" s="3" t="s"/>
-      <x:c r="P200" s="3" t="s"/>
+      <x:c r="P200" s="3" t="s">
+        <x:v>426</x:v>
+      </x:c>
       <x:c r="Q200" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R200" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:18">
       <x:c r="A201" s="10">
-        <x:v>46246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46286</x:v>
+      </x:c>
+      <x:c r="B201" s="11" t="s"/>
       <x:c r="C201" s="10" t="s"/>
       <x:c r="D201" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E201" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F201" s="11" t="s"/>
       <x:c r="G201" s="11" t="s">
-        <x:v>440</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H201" s="11" t="s"/>
+      <x:c r="I201" s="11" t="s"/>
       <x:c r="J201" s="11" t="s"/>
       <x:c r="K201" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L201" s="11" t="s"/>
       <x:c r="M201" s="11" t="s"/>
       <x:c r="N201" s="11" t="s"/>
       <x:c r="O201" s="11" t="s"/>
-      <x:c r="P201" s="11" t="s"/>
+      <x:c r="P201" s="11" t="s">
+        <x:v>428</x:v>
+      </x:c>
       <x:c r="Q201" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R201" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:18">
       <x:c r="A202" s="2">
-        <x:v>46248</x:v>
+        <x:v>46286</x:v>
       </x:c>
       <x:c r="B202" s="3" t="s"/>
       <x:c r="C202" s="2" t="s"/>
       <x:c r="D202" s="3" t="s">
-        <x:v>441</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E202" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F202" s="3" t="s"/>
       <x:c r="G202" s="3" t="s">
-        <x:v>442</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="H202" s="3" t="s"/>
+      <x:c r="I202" s="3" t="s"/>
+      <x:c r="J202" s="3" t="s"/>
       <x:c r="K202" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L202" s="3" t="s"/>
       <x:c r="M202" s="3" t="s"/>
       <x:c r="N202" s="3" t="s"/>
       <x:c r="O202" s="3" t="s"/>
-      <x:c r="P202" s="3" t="s"/>
+      <x:c r="P202" s="3" t="s">
+        <x:v>430</x:v>
+      </x:c>
       <x:c r="Q202" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R202" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:18">
       <x:c r="A203" s="10">
-        <x:v>46248</x:v>
-[...1 lines deleted...]
-      <x:c r="B203" s="11" t="s"/>
+        <x:v>46290</x:v>
+      </x:c>
+      <x:c r="B203" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C203" s="10" t="s"/>
       <x:c r="D203" s="11" t="s">
-        <x:v>443</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E203" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F203" s="11" t="s"/>
       <x:c r="G203" s="11" t="s">
-        <x:v>444</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H203" s="11" t="s">
-        <x:v>223</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I203" s="11" t="s">
-        <x:v>224</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J203" s="11" t="s"/>
       <x:c r="K203" s="11" t="s">
-        <x:v>225</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L203" s="11" t="s"/>
       <x:c r="M203" s="11" t="s"/>
       <x:c r="N203" s="11" t="s"/>
       <x:c r="O203" s="11" t="s"/>
       <x:c r="P203" s="11" t="s"/>
       <x:c r="Q203" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R203" s="12" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:18">
       <x:c r="A204" s="2">
-        <x:v>46248</x:v>
+        <x:v>46294</x:v>
       </x:c>
       <x:c r="B204" s="3" t="s"/>
       <x:c r="C204" s="2" t="s"/>
       <x:c r="D204" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E204" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F204" s="3" t="s"/>
       <x:c r="G204" s="3" t="s">
-        <x:v>445</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H204" s="3" t="s"/>
+      <x:c r="I204" s="3" t="s"/>
       <x:c r="J204" s="3" t="s"/>
       <x:c r="K204" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L204" s="3" t="s"/>
       <x:c r="M204" s="3" t="s"/>
       <x:c r="N204" s="3" t="s"/>
       <x:c r="O204" s="3" t="s"/>
-      <x:c r="P204" s="3" t="s"/>
-[...1 lines deleted...]
-        <x:v>33</x:v>
+      <x:c r="P204" s="3" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="Q204" s="3" t="s"/>
+      <x:c r="R204" s="1" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:18">
       <x:c r="A205" s="10">
-        <x:v>46248</x:v>
+        <x:v>46295</x:v>
       </x:c>
       <x:c r="B205" s="11" t="s"/>
       <x:c r="C205" s="10" t="s"/>
       <x:c r="D205" s="11" t="s">
-        <x:v>443</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E205" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F205" s="11" t="s"/>
       <x:c r="G205" s="11" t="s">
-        <x:v>446</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H205" s="11" t="s">
-        <x:v>223</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I205" s="11" t="s">
-        <x:v>224</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="J205" s="11" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="K205" s="11" t="s"/>
       <x:c r="L205" s="11" t="s"/>
       <x:c r="M205" s="11" t="s"/>
       <x:c r="N205" s="11" t="s"/>
       <x:c r="O205" s="11" t="s"/>
       <x:c r="P205" s="11" t="s"/>
       <x:c r="Q205" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R205" s="12" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="R205" s="12" t="s"/>
     </x:row>
     <x:row r="206" spans="1:18">
       <x:c r="A206" s="2">
-        <x:v>46248</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B206" s="3" t="s"/>
       <x:c r="C206" s="2" t="s"/>
       <x:c r="D206" s="3" t="s">
-        <x:v>447</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E206" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F206" s="3" t="s"/>
       <x:c r="G206" s="3" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H206" s="3" t="s"/>
       <x:c r="I206" s="3" t="s"/>
       <x:c r="J206" s="3" t="s"/>
       <x:c r="K206" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L206" s="3" t="s"/>
       <x:c r="M206" s="3" t="s"/>
       <x:c r="N206" s="3" t="s"/>
       <x:c r="O206" s="3" t="s"/>
       <x:c r="P206" s="3" t="s"/>
       <x:c r="Q206" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R206" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:18">
       <x:c r="A207" s="10">
-        <x:v>46251</x:v>
+        <x:v>46295</x:v>
       </x:c>
       <x:c r="B207" s="11" t="s"/>
       <x:c r="C207" s="10" t="s"/>
       <x:c r="D207" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E207" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F207" s="11" t="s"/>
       <x:c r="G207" s="11" t="s">
-        <x:v>37</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="H207" s="11" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="I207" s="11" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="J207" s="11" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="K207" s="11" t="s"/>
       <x:c r="L207" s="11" t="s"/>
       <x:c r="M207" s="11" t="s"/>
       <x:c r="N207" s="11" t="s"/>
       <x:c r="O207" s="11" t="s"/>
       <x:c r="P207" s="11" t="s"/>
       <x:c r="Q207" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R207" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:18">
       <x:c r="A208" s="2">
-        <x:v>46251</x:v>
+        <x:v>46295</x:v>
       </x:c>
       <x:c r="B208" s="3" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="C208" s="2" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C208" s="2">
+        <x:v>45658</x:v>
+      </x:c>
       <x:c r="D208" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E208" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F208" s="3" t="s"/>
       <x:c r="G208" s="3" t="s">
-        <x:v>112</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H208" s="3" t="s"/>
+      <x:c r="I208" s="3" t="s"/>
       <x:c r="J208" s="3" t="s"/>
       <x:c r="K208" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="L208" s="3" t="s"/>
       <x:c r="M208" s="3" t="s"/>
       <x:c r="N208" s="3" t="s"/>
       <x:c r="O208" s="3" t="s"/>
       <x:c r="P208" s="3" t="s"/>
       <x:c r="Q208" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R208" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:18">
       <x:c r="A209" s="10">
-        <x:v>46251</x:v>
+        <x:v>46295</x:v>
       </x:c>
       <x:c r="B209" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C209" s="10" t="s"/>
       <x:c r="D209" s="11" t="s">
-        <x:v>114</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E209" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F209" s="11" t="s"/>
       <x:c r="G209" s="11" t="s">
-        <x:v>115</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H209" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I209" s="11" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="J209" s="11" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J209" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K209" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L209" s="11" t="s"/>
       <x:c r="M209" s="11" t="s"/>
       <x:c r="N209" s="11" t="s"/>
       <x:c r="O209" s="11" t="s"/>
       <x:c r="P209" s="11" t="s"/>
       <x:c r="Q209" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R209" s="12" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="R209" s="12" t="s"/>
     </x:row>
     <x:row r="210" spans="1:18">
       <x:c r="A210" s="2">
-        <x:v>46252</x:v>
-[...1 lines deleted...]
-      <x:c r="B210" s="3" t="s"/>
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B210" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C210" s="2" t="s"/>
       <x:c r="D210" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E210" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F210" s="3" t="s"/>
       <x:c r="G210" s="3" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H210" s="3" t="s"/>
       <x:c r="I210" s="3" t="s"/>
       <x:c r="J210" s="3" t="s"/>
       <x:c r="K210" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L210" s="3" t="s"/>
       <x:c r="M210" s="3" t="s"/>
       <x:c r="N210" s="3" t="s"/>
       <x:c r="O210" s="3" t="s"/>
-      <x:c r="P210" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P210" s="3" t="s"/>
       <x:c r="Q210" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R210" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:18">
       <x:c r="A211" s="10">
-        <x:v>46254</x:v>
+        <x:v>46297</x:v>
       </x:c>
       <x:c r="B211" s="11" t="s"/>
       <x:c r="C211" s="10" t="s"/>
       <x:c r="D211" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E211" s="11" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F211" s="11" t="s"/>
       <x:c r="G211" s="11" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H211" s="11" t="s">
-        <x:v>56</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I211" s="11" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J211" s="11" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K211" s="11" t="s"/>
       <x:c r="L211" s="11" t="s"/>
       <x:c r="M211" s="11" t="s"/>
       <x:c r="N211" s="11" t="s"/>
       <x:c r="O211" s="11" t="s"/>
       <x:c r="P211" s="11" t="s"/>
       <x:c r="Q211" s="11" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R211" s="12" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:18">
       <x:c r="A212" s="2">
-        <x:v>46254</x:v>
+        <x:v>46297</x:v>
       </x:c>
       <x:c r="B212" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C212" s="2" t="s"/>
       <x:c r="D212" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E212" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F212" s="3" t="s"/>
       <x:c r="G212" s="3" t="s">
-        <x:v>452</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H212" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I212" s="3" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="J212" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J212" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K212" s="3" t="s">
-        <x:v>145</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L212" s="3" t="s"/>
+      <x:c r="M212" s="3" t="s"/>
       <x:c r="N212" s="3" t="s"/>
-      <x:c r="O212" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O212" s="3" t="s"/>
       <x:c r="P212" s="3" t="s"/>
       <x:c r="Q212" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>269</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:18">
       <x:c r="A213" s="10">
-        <x:v>46260</x:v>
-[...1 lines deleted...]
-      <x:c r="B213" s="11" t="s"/>
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B213" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C213" s="10" t="s"/>
       <x:c r="D213" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E213" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F213" s="11" t="s"/>
-      <x:c r="G213" s="11" t="s">
-[...3 lines deleted...]
-      <x:c r="I213" s="11" t="s"/>
+      <x:c r="G213" s="11" t="s"/>
+      <x:c r="H213" s="11" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I213" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J213" s="11" t="s"/>
       <x:c r="K213" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L213" s="11" t="s"/>
       <x:c r="M213" s="11" t="s"/>
       <x:c r="N213" s="11" t="s"/>
       <x:c r="O213" s="11" t="s"/>
       <x:c r="P213" s="11" t="s"/>
       <x:c r="Q213" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R213" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:18">
       <x:c r="A214" s="2">
-        <x:v>46260</x:v>
+        <x:v>46303</x:v>
       </x:c>
       <x:c r="B214" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C214" s="2" t="s"/>
       <x:c r="D214" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E214" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F214" s="3" t="s"/>
-      <x:c r="G214" s="3" t="s">
-[...3 lines deleted...]
-      <x:c r="I214" s="3" t="s"/>
+      <x:c r="G214" s="3" t="s"/>
+      <x:c r="H214" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I214" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J214" s="3" t="s"/>
       <x:c r="K214" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L214" s="3" t="s"/>
       <x:c r="M214" s="3" t="s"/>
       <x:c r="N214" s="3" t="s"/>
       <x:c r="O214" s="3" t="s"/>
       <x:c r="P214" s="3" t="s"/>
-      <x:c r="Q214" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="Q214" s="3" t="s"/>
       <x:c r="R214" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:18">
       <x:c r="A215" s="10">
-        <x:v>46261</x:v>
+        <x:v>46304</x:v>
       </x:c>
       <x:c r="B215" s="11" t="s"/>
       <x:c r="C215" s="10" t="s"/>
       <x:c r="D215" s="11" t="s">
-        <x:v>455</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E215" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F215" s="11" t="s"/>
       <x:c r="G215" s="11" t="s">
-        <x:v>456</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H215" s="11" t="s">
-        <x:v>198</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I215" s="11" t="s">
-        <x:v>199</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J215" s="11" t="s">
-        <x:v>419</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K215" s="11" t="s"/>
       <x:c r="L215" s="11" t="s"/>
       <x:c r="M215" s="11" t="s"/>
       <x:c r="N215" s="11" t="s"/>
       <x:c r="O215" s="11" t="s"/>
       <x:c r="P215" s="11" t="s"/>
       <x:c r="Q215" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R215" s="12" t="s">
-        <x:v>202</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:18">
       <x:c r="A216" s="2">
-        <x:v>46261</x:v>
+        <x:v>46304</x:v>
       </x:c>
       <x:c r="B216" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C216" s="2" t="s"/>
       <x:c r="D216" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E216" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F216" s="3" t="s"/>
       <x:c r="G216" s="3" t="s">
-        <x:v>458</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H216" s="3" t="s">
-        <x:v>238</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I216" s="3" t="s"/>
       <x:c r="J216" s="3" t="s"/>
       <x:c r="K216" s="3" t="s">
-        <x:v>240</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="L216" s="3" t="s"/>
+      <x:c r="M216" s="3" t="s"/>
       <x:c r="N216" s="3" t="s"/>
-      <x:c r="O216" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O216" s="3" t="s"/>
       <x:c r="P216" s="3" t="s"/>
       <x:c r="Q216" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>269</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:18">
       <x:c r="A217" s="10">
-        <x:v>46265</x:v>
+        <x:v>46304</x:v>
       </x:c>
       <x:c r="B217" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C217" s="10" t="s"/>
       <x:c r="D217" s="11" t="s">
-        <x:v>163</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E217" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F217" s="11" t="s"/>
-      <x:c r="G217" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G217" s="11" t="s"/>
       <x:c r="H217" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I217" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J217" s="11" t="s"/>
       <x:c r="K217" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L217" s="11" t="s"/>
       <x:c r="M217" s="11" t="s"/>
       <x:c r="N217" s="11" t="s"/>
       <x:c r="O217" s="11" t="s"/>
       <x:c r="P217" s="11" t="s"/>
       <x:c r="Q217" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R217" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R217" s="12" t="s">
+        <x:v>39</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:18">
       <x:c r="A218" s="2">
-        <x:v>46267</x:v>
+        <x:v>46309</x:v>
       </x:c>
       <x:c r="B218" s="3" t="s"/>
       <x:c r="C218" s="2" t="s"/>
       <x:c r="D218" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E218" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F218" s="3" t="s"/>
-      <x:c r="G218" s="3" t="s">
-[...3 lines deleted...]
-      <x:c r="I218" s="3" t="s"/>
+      <x:c r="G218" s="3" t="s"/>
+      <x:c r="H218" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I218" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J218" s="3" t="s"/>
       <x:c r="K218" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L218" s="3" t="s"/>
       <x:c r="M218" s="3" t="s"/>
       <x:c r="N218" s="3" t="s"/>
       <x:c r="O218" s="3" t="s"/>
       <x:c r="P218" s="3" t="s">
-        <x:v>460</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q218" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R218" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:18">
       <x:c r="A219" s="10">
-        <x:v>46267</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46309</x:v>
+      </x:c>
+      <x:c r="B219" s="11" t="s"/>
       <x:c r="C219" s="10" t="s"/>
       <x:c r="D219" s="11" t="s">
-        <x:v>192</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E219" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F219" s="11" t="s"/>
       <x:c r="G219" s="11" t="s">
-        <x:v>193</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H219" s="11" t="s">
-        <x:v>166</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="I219" s="11" t="s"/>
+      <x:c r="J219" s="11" t="s"/>
       <x:c r="K219" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L219" s="11" t="s"/>
       <x:c r="M219" s="11" t="s"/>
       <x:c r="N219" s="11" t="s"/>
       <x:c r="O219" s="11" t="s"/>
-      <x:c r="P219" s="11" t="s"/>
+      <x:c r="P219" s="11" t="s">
+        <x:v>446</x:v>
+      </x:c>
       <x:c r="Q219" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R219" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R219" s="12" t="s">
+        <x:v>117</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:18">
       <x:c r="A220" s="2">
-        <x:v>46274</x:v>
-[...1 lines deleted...]
-      <x:c r="B220" s="3" t="s"/>
+        <x:v>46309</x:v>
+      </x:c>
+      <x:c r="B220" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C220" s="2" t="s"/>
       <x:c r="D220" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E220" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F220" s="3" t="s"/>
       <x:c r="G220" s="3" t="s">
-        <x:v>461</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="3" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H220" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I220" s="3" t="s"/>
       <x:c r="J220" s="3" t="s"/>
       <x:c r="K220" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L220" s="3" t="s"/>
       <x:c r="M220" s="3" t="s"/>
       <x:c r="N220" s="3" t="s"/>
       <x:c r="O220" s="3" t="s"/>
-      <x:c r="P220" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P220" s="3" t="s"/>
       <x:c r="Q220" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R220" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:18">
       <x:c r="A221" s="10">
-        <x:v>46279</x:v>
+        <x:v>46310</x:v>
       </x:c>
       <x:c r="B221" s="11" t="s">
-        <x:v>273</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C221" s="10" t="s"/>
       <x:c r="D221" s="11" t="s">
-        <x:v>462</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E221" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F221" s="11" t="s"/>
       <x:c r="G221" s="11" t="s">
-        <x:v>463</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H221" s="11" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-      <x:c r="J221" s="11" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I221" s="11" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J221" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K221" s="11" t="s">
-        <x:v>95</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L221" s="11" t="s"/>
       <x:c r="M221" s="11" t="s"/>
       <x:c r="N221" s="11" t="s"/>
       <x:c r="O221" s="11" t="s"/>
       <x:c r="P221" s="11" t="s"/>
       <x:c r="Q221" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R221" s="12" t="s"/>
     </x:row>
     <x:row r="222" spans="1:18">
       <x:c r="A222" s="2">
-        <x:v>46280</x:v>
-[...1 lines deleted...]
-      <x:c r="B222" s="3" t="s"/>
+        <x:v>46310</x:v>
+      </x:c>
+      <x:c r="B222" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C222" s="2" t="s"/>
       <x:c r="D222" s="3" t="s">
-        <x:v>464</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E222" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F222" s="3" t="s"/>
-      <x:c r="G222" s="3" t="s"/>
+      <x:c r="G222" s="3" t="s">
+        <x:v>450</x:v>
+      </x:c>
       <x:c r="H222" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I222" s="3" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="J222" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J222" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K222" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L222" s="3" t="s"/>
       <x:c r="M222" s="3" t="s"/>
       <x:c r="N222" s="3" t="s"/>
       <x:c r="O222" s="3" t="s"/>
       <x:c r="P222" s="3" t="s"/>
       <x:c r="Q222" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:18">
       <x:c r="A223" s="10">
-        <x:v>46280</x:v>
+        <x:v>46310</x:v>
       </x:c>
       <x:c r="B223" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C223" s="10" t="s"/>
       <x:c r="D223" s="11" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E223" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F223" s="11" t="s"/>
       <x:c r="G223" s="11" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H223" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I223" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J223" s="11" t="s"/>
       <x:c r="K223" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L223" s="11" t="s"/>
       <x:c r="M223" s="11" t="s"/>
       <x:c r="N223" s="11" t="s"/>
       <x:c r="O223" s="11" t="s"/>
       <x:c r="P223" s="11" t="s"/>
       <x:c r="Q223" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R223" s="12" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:18">
       <x:c r="A224" s="2">
-        <x:v>46280</x:v>
+        <x:v>46310</x:v>
       </x:c>
       <x:c r="B224" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C224" s="2" t="s"/>
       <x:c r="D224" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E224" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F224" s="3" t="s"/>
       <x:c r="G224" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H224" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I224" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J224" s="3" t="s"/>
       <x:c r="K224" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L224" s="3" t="s"/>
       <x:c r="M224" s="3" t="s"/>
       <x:c r="N224" s="3" t="s"/>
       <x:c r="O224" s="3" t="s"/>
       <x:c r="P224" s="3" t="s"/>
       <x:c r="Q224" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R224" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:18">
       <x:c r="A225" s="10">
-        <x:v>46281</x:v>
-[...1 lines deleted...]
-      <x:c r="B225" s="11" t="s"/>
+        <x:v>46310</x:v>
+      </x:c>
+      <x:c r="B225" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C225" s="10" t="s"/>
       <x:c r="D225" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E225" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F225" s="11" t="s"/>
       <x:c r="G225" s="11" t="s">
-        <x:v>465</x:v>
-[...3 lines deleted...]
-      <x:c r="J225" s="11" t="s"/>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H225" s="11" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I225" s="11" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J225" s="11" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="K225" s="11" t="s">
-        <x:v>204</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L225" s="11" t="s"/>
       <x:c r="M225" s="11" t="s"/>
       <x:c r="N225" s="11" t="s"/>
       <x:c r="O225" s="11" t="s"/>
-      <x:c r="P225" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="P225" s="11" t="s"/>
       <x:c r="Q225" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R225" s="12" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:18">
       <x:c r="A226" s="2">
-        <x:v>46286</x:v>
-[...1 lines deleted...]
-      <x:c r="B226" s="3" t="s"/>
+        <x:v>46310</x:v>
+      </x:c>
+      <x:c r="B226" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
       <x:c r="C226" s="2" t="s"/>
       <x:c r="D226" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E226" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F226" s="3" t="s"/>
       <x:c r="G226" s="3" t="s">
-        <x:v>467</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H226" s="3" t="s"/>
       <x:c r="I226" s="3" t="s"/>
       <x:c r="J226" s="3" t="s"/>
       <x:c r="K226" s="3" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="L226" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L226" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="M226" s="3" t="s"/>
-      <x:c r="N226" s="3" t="s"/>
-[...3 lines deleted...]
-      </x:c>
+      <x:c r="N226" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="O226" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="P226" s="3" t="s"/>
       <x:c r="Q226" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R226" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:18">
       <x:c r="A227" s="10">
-        <x:v>46286</x:v>
-[...1 lines deleted...]
-      <x:c r="B227" s="11" t="s"/>
+        <x:v>46311</x:v>
+      </x:c>
+      <x:c r="B227" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C227" s="10" t="s"/>
       <x:c r="D227" s="11" t="s">
-        <x:v>295</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E227" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F227" s="11" t="s"/>
       <x:c r="G227" s="11" t="s">
-        <x:v>469</x:v>
-[...3 lines deleted...]
-      <x:c r="J227" s="11" t="s"/>
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H227" s="11" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I227" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J227" s="11" t="s">
+        <x:v>164</x:v>
+      </x:c>
       <x:c r="K227" s="11" t="s">
-        <x:v>297</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L227" s="11" t="s"/>
       <x:c r="M227" s="11" t="s"/>
       <x:c r="N227" s="11" t="s"/>
       <x:c r="O227" s="11" t="s"/>
       <x:c r="P227" s="11" t="s">
-        <x:v>470</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q227" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R227" s="12" t="s">
-        <x:v>299</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:18">
       <x:c r="A228" s="2">
-        <x:v>46290</x:v>
+        <x:v>46311</x:v>
       </x:c>
       <x:c r="B228" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C228" s="2" t="s"/>
       <x:c r="D228" s="3" t="s">
-        <x:v>471</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E228" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F228" s="3" t="s"/>
       <x:c r="G228" s="3" t="s">
-        <x:v>472</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H228" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I228" s="3" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="J228" s="3" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J228" s="3" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K228" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L228" s="3" t="s"/>
       <x:c r="M228" s="3" t="s"/>
       <x:c r="N228" s="3" t="s"/>
       <x:c r="O228" s="3" t="s"/>
       <x:c r="P228" s="3" t="s"/>
       <x:c r="Q228" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R228" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:18">
       <x:c r="A229" s="10">
-        <x:v>46294</x:v>
-[...1 lines deleted...]
-      <x:c r="B229" s="11" t="s"/>
+        <x:v>46316</x:v>
+      </x:c>
+      <x:c r="B229" s="11" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="C229" s="10" t="s"/>
       <x:c r="D229" s="11" t="s">
-        <x:v>132</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E229" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F229" s="11" t="s"/>
       <x:c r="G229" s="11" t="s">
-        <x:v>473</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H229" s="11" t="s"/>
       <x:c r="I229" s="11" t="s"/>
       <x:c r="J229" s="11" t="s"/>
       <x:c r="K229" s="11" t="s">
-        <x:v>204</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L229" s="11" t="s"/>
       <x:c r="M229" s="11" t="s"/>
       <x:c r="N229" s="11" t="s"/>
       <x:c r="O229" s="11" t="s"/>
-      <x:c r="P229" s="11" t="s">
-[...5 lines deleted...]
-      </x:c>
+      <x:c r="P229" s="11" t="s"/>
+      <x:c r="Q229" s="11" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R229" s="12" t="s"/>
     </x:row>
     <x:row r="230" spans="1:18">
       <x:c r="A230" s="2">
-        <x:v>46295</x:v>
-[...1 lines deleted...]
-      <x:c r="B230" s="3" t="s"/>
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B230" s="3" t="s">
+        <x:v>457</x:v>
+      </x:c>
       <x:c r="C230" s="2" t="s"/>
       <x:c r="D230" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E230" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F230" s="3" t="s"/>
       <x:c r="G230" s="3" t="s">
-        <x:v>475</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H230" s="3" t="s">
-        <x:v>353</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I230" s="3" t="s">
-        <x:v>108</x:v>
-[...4 lines deleted...]
-      <x:c r="K230" s="3" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J230" s="3" t="s"/>
+      <x:c r="K230" s="3" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="L230" s="3" t="s"/>
       <x:c r="M230" s="3" t="s"/>
       <x:c r="N230" s="3" t="s"/>
       <x:c r="O230" s="3" t="s"/>
       <x:c r="P230" s="3" t="s"/>
       <x:c r="Q230" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R230" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:18">
       <x:c r="A231" s="10">
-        <x:v>46295</x:v>
-[...1 lines deleted...]
-      <x:c r="B231" s="11" t="s"/>
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B231" s="11" t="s">
+        <x:v>459</x:v>
+      </x:c>
       <x:c r="C231" s="10" t="s"/>
       <x:c r="D231" s="11" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E231" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F231" s="11" t="s"/>
       <x:c r="G231" s="11" t="s">
-        <x:v>476</x:v>
-[...2 lines deleted...]
-      <x:c r="I231" s="11" t="s"/>
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="H231" s="11" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="I231" s="11" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J231" s="11" t="s"/>
       <x:c r="K231" s="11" t="s">
-        <x:v>38</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L231" s="11" t="s"/>
       <x:c r="M231" s="11" t="s"/>
       <x:c r="N231" s="11" t="s"/>
       <x:c r="O231" s="11" t="s"/>
       <x:c r="P231" s="11" t="s"/>
       <x:c r="Q231" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R231" s="12" t="s">
-        <x:v>41</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:18">
       <x:c r="A232" s="2">
-        <x:v>46295</x:v>
-[...1 lines deleted...]
-      <x:c r="B232" s="3" t="s"/>
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B232" s="3" t="s">
+        <x:v>459</x:v>
+      </x:c>
       <x:c r="C232" s="2" t="s"/>
       <x:c r="D232" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E232" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F232" s="3" t="s"/>
       <x:c r="G232" s="3" t="s">
-        <x:v>477</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H232" s="3" t="s">
-        <x:v>425</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I232" s="3" t="s">
-        <x:v>426</x:v>
-[...4 lines deleted...]
-      <x:c r="K232" s="3" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J232" s="3" t="s"/>
+      <x:c r="K232" s="3" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="L232" s="3" t="s"/>
       <x:c r="M232" s="3" t="s"/>
       <x:c r="N232" s="3" t="s"/>
       <x:c r="O232" s="3" t="s"/>
       <x:c r="P232" s="3" t="s"/>
       <x:c r="Q232" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R232" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:18">
       <x:c r="A233" s="10">
-        <x:v>46295</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>46325</x:v>
+      </x:c>
+      <x:c r="B233" s="11" t="s"/>
+      <x:c r="C233" s="10" t="s"/>
       <x:c r="D233" s="11" t="s">
-        <x:v>478</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E233" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F233" s="11" t="s"/>
-      <x:c r="G233" s="11" t="s">
-[...3 lines deleted...]
-      <x:c r="I233" s="11" t="s"/>
+      <x:c r="G233" s="11" t="s"/>
+      <x:c r="H233" s="11" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I233" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J233" s="11" t="s"/>
       <x:c r="K233" s="11" t="s">
-        <x:v>480</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L233" s="11" t="s"/>
       <x:c r="M233" s="11" t="s"/>
       <x:c r="N233" s="11" t="s"/>
       <x:c r="O233" s="11" t="s"/>
-      <x:c r="P233" s="11" t="s"/>
+      <x:c r="P233" s="11" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="Q233" s="11" t="s">
-        <x:v>40</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R233" s="12" t="s">
-        <x:v>481</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:18">
       <x:c r="A234" s="2">
-        <x:v>46295</x:v>
+        <x:v>46325</x:v>
       </x:c>
       <x:c r="B234" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C234" s="2" t="s"/>
       <x:c r="D234" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E234" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F234" s="3" t="s"/>
       <x:c r="G234" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H234" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I234" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J234" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K234" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L234" s="3" t="s"/>
       <x:c r="M234" s="3" t="s"/>
       <x:c r="N234" s="3" t="s"/>
       <x:c r="O234" s="3" t="s"/>
       <x:c r="P234" s="3" t="s"/>
       <x:c r="Q234" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:18">
       <x:c r="A235" s="10">
-        <x:v>46297</x:v>
-[...1 lines deleted...]
-      <x:c r="B235" s="11" t="s"/>
+        <x:v>46325</x:v>
+      </x:c>
+      <x:c r="B235" s="11" t="s">
+        <x:v>459</x:v>
+      </x:c>
       <x:c r="C235" s="10" t="s"/>
       <x:c r="D235" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E235" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F235" s="11" t="s"/>
       <x:c r="G235" s="11" t="s">
-        <x:v>482</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H235" s="11" t="s">
-        <x:v>359</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I235" s="11" t="s">
-        <x:v>360</x:v>
-[...4 lines deleted...]
-      <x:c r="K235" s="11" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J235" s="11" t="s"/>
+      <x:c r="K235" s="11" t="s">
+        <x:v>228</x:v>
+      </x:c>
       <x:c r="L235" s="11" t="s"/>
       <x:c r="M235" s="11" t="s"/>
       <x:c r="N235" s="11" t="s"/>
       <x:c r="O235" s="11" t="s"/>
       <x:c r="P235" s="11" t="s"/>
       <x:c r="Q235" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R235" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:18">
       <x:c r="A236" s="2">
-        <x:v>46297</x:v>
+        <x:v>46329</x:v>
       </x:c>
       <x:c r="B236" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C236" s="2" t="s"/>
       <x:c r="D236" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E236" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F236" s="3" t="s"/>
       <x:c r="G236" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H236" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I236" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J236" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K236" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L236" s="3" t="s"/>
       <x:c r="M236" s="3" t="s"/>
       <x:c r="N236" s="3" t="s"/>
       <x:c r="O236" s="3" t="s"/>
       <x:c r="P236" s="3" t="s"/>
       <x:c r="Q236" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:18">
       <x:c r="A237" s="10">
-        <x:v>46303</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46330</x:v>
+      </x:c>
+      <x:c r="B237" s="11" t="s"/>
       <x:c r="C237" s="10" t="s"/>
       <x:c r="D237" s="11" t="s">
-        <x:v>258</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E237" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F237" s="11" t="s"/>
       <x:c r="G237" s="11" t="s"/>
       <x:c r="H237" s="11" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I237" s="11" t="s">
-        <x:v>50</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J237" s="11" t="s"/>
       <x:c r="K237" s="11" t="s">
-        <x:v>90</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L237" s="11" t="s"/>
       <x:c r="M237" s="11" t="s"/>
       <x:c r="N237" s="11" t="s"/>
       <x:c r="O237" s="11" t="s"/>
-      <x:c r="P237" s="11" t="s"/>
-      <x:c r="Q237" s="11" t="s"/>
+      <x:c r="P237" s="11" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="Q237" s="11" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="R237" s="12" t="s">
-        <x:v>258</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:18">
       <x:c r="A238" s="2">
-        <x:v>46304</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="B238" s="3" t="s"/>
       <x:c r="C238" s="2" t="s"/>
       <x:c r="D238" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E238" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F238" s="3" t="s"/>
-      <x:c r="G238" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G238" s="3" t="s"/>
       <x:c r="H238" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I238" s="3" t="s">
-        <x:v>360</x:v>
-[...4 lines deleted...]
-      <x:c r="K238" s="3" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J238" s="3" t="s"/>
+      <x:c r="K238" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="L238" s="3" t="s"/>
       <x:c r="M238" s="3" t="s"/>
       <x:c r="N238" s="3" t="s"/>
       <x:c r="O238" s="3" t="s"/>
-      <x:c r="P238" s="3" t="s"/>
+      <x:c r="P238" s="3" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="Q238" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R238" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:18">
       <x:c r="A239" s="10">
-        <x:v>46304</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="B239" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C239" s="10" t="s"/>
       <x:c r="D239" s="11" t="s">
-        <x:v>261</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E239" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F239" s="11" t="s"/>
       <x:c r="G239" s="11" t="s">
-        <x:v>262</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H239" s="11" t="s">
-        <x:v>263</x:v>
-[...1 lines deleted...]
-      <x:c r="I239" s="11" t="s"/>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="I239" s="11" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J239" s="11" t="s"/>
       <x:c r="K239" s="11" t="s">
-        <x:v>264</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L239" s="11" t="s"/>
       <x:c r="M239" s="11" t="s"/>
       <x:c r="N239" s="11" t="s"/>
       <x:c r="O239" s="11" t="s"/>
       <x:c r="P239" s="11" t="s"/>
       <x:c r="Q239" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R239" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R239" s="12" t="s">
+        <x:v>214</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:18">
       <x:c r="A240" s="2">
-        <x:v>46309</x:v>
-[...1 lines deleted...]
-      <x:c r="B240" s="3" t="s"/>
+        <x:v>46331</x:v>
+      </x:c>
+      <x:c r="B240" s="3" t="s">
+        <x:v>457</x:v>
+      </x:c>
       <x:c r="C240" s="2" t="s"/>
       <x:c r="D240" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E240" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F240" s="3" t="s"/>
       <x:c r="G240" s="3" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="H240" s="3" t="s"/>
       <x:c r="I240" s="3" t="s"/>
       <x:c r="J240" s="3" t="s"/>
       <x:c r="K240" s="3" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="L240" s="3" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L240" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="M240" s="3" t="s"/>
-      <x:c r="N240" s="3" t="s"/>
-[...3 lines deleted...]
-      </x:c>
+      <x:c r="N240" s="3" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="O240" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="P240" s="3" t="s"/>
       <x:c r="Q240" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R240" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:18">
       <x:c r="A241" s="10">
-        <x:v>46309</x:v>
+        <x:v>46332</x:v>
       </x:c>
       <x:c r="B241" s="11" t="s">
-        <x:v>273</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C241" s="10" t="s"/>
       <x:c r="D241" s="11" t="s">
-        <x:v>485</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E241" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F241" s="11" t="s"/>
       <x:c r="G241" s="11" t="s">
-        <x:v>486</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H241" s="11" t="s">
-        <x:v>94</x:v>
-[...1 lines deleted...]
-      <x:c r="I241" s="11" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I241" s="11" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="J241" s="11" t="s"/>
       <x:c r="K241" s="11" t="s">
-        <x:v>95</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L241" s="11" t="s"/>
       <x:c r="M241" s="11" t="s"/>
       <x:c r="N241" s="11" t="s"/>
       <x:c r="O241" s="11" t="s"/>
       <x:c r="P241" s="11" t="s"/>
       <x:c r="Q241" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R241" s="12" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:18">
       <x:c r="A242" s="2">
-        <x:v>46310</x:v>
+        <x:v>46332</x:v>
       </x:c>
       <x:c r="B242" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C242" s="2" t="s"/>
       <x:c r="D242" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E242" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F242" s="3" t="s"/>
       <x:c r="G242" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H242" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I242" s="3" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J242" s="3" t="s"/>
       <x:c r="K242" s="3" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-      <x:c r="M242" s="3" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="L242" s="3" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="M242" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="N242" s="3" t="s"/>
-      <x:c r="O242" s="3" t="s"/>
+      <x:c r="O242" s="3" t="s">
+        <x:v>246</x:v>
+      </x:c>
       <x:c r="P242" s="3" t="s"/>
       <x:c r="Q242" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="R242" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:18">
       <x:c r="A243" s="10">
-        <x:v>46310</x:v>
+        <x:v>46332</x:v>
       </x:c>
       <x:c r="B243" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C243" s="10" t="s"/>
       <x:c r="D243" s="11" t="s">
-        <x:v>234</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E243" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F243" s="11" t="s"/>
       <x:c r="G243" s="11" t="s">
-        <x:v>488</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H243" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I243" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J243" s="11" t="s"/>
       <x:c r="K243" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L243" s="11" t="s"/>
       <x:c r="M243" s="11" t="s"/>
       <x:c r="N243" s="11" t="s"/>
       <x:c r="O243" s="11" t="s"/>
       <x:c r="P243" s="11" t="s"/>
       <x:c r="Q243" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R243" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R243" s="12" t="s">
+        <x:v>214</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:18">
       <x:c r="A244" s="2">
-        <x:v>46310</x:v>
+        <x:v>46335</x:v>
       </x:c>
       <x:c r="B244" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C244" s="2" t="s"/>
       <x:c r="D244" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E244" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F244" s="3" t="s"/>
       <x:c r="G244" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H244" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I244" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J244" s="3" t="s"/>
       <x:c r="K244" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L244" s="3" t="s"/>
       <x:c r="M244" s="3" t="s"/>
       <x:c r="N244" s="3" t="s"/>
       <x:c r="O244" s="3" t="s"/>
       <x:c r="P244" s="3" t="s"/>
       <x:c r="Q244" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R244" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:18">
       <x:c r="A245" s="10">
-        <x:v>46310</x:v>
+        <x:v>46336</x:v>
       </x:c>
       <x:c r="B245" s="11" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C245" s="10" t="s"/>
       <x:c r="D245" s="11" t="s">
-        <x:v>110</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E245" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F245" s="11" t="s"/>
       <x:c r="G245" s="11" t="s">
-        <x:v>112</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H245" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I245" s="11" t="s">
-        <x:v>47</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J245" s="11" t="s"/>
       <x:c r="K245" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L245" s="11" t="s"/>
       <x:c r="M245" s="11" t="s"/>
       <x:c r="N245" s="11" t="s"/>
       <x:c r="O245" s="11" t="s"/>
       <x:c r="P245" s="11" t="s"/>
       <x:c r="Q245" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R245" s="12" t="s">
-        <x:v>113</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:18">
       <x:c r="A246" s="2">
-        <x:v>46310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46338</x:v>
+      </x:c>
+      <x:c r="B246" s="3" t="s"/>
       <x:c r="C246" s="2" t="s"/>
       <x:c r="D246" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E246" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F246" s="3" t="s"/>
-      <x:c r="G246" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G246" s="3" t="s"/>
       <x:c r="H246" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I246" s="3" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J246" s="3" t="s"/>
       <x:c r="K246" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L246" s="3" t="s"/>
       <x:c r="M246" s="3" t="s"/>
       <x:c r="N246" s="3" t="s"/>
       <x:c r="O246" s="3" t="s"/>
-      <x:c r="P246" s="3" t="s"/>
+      <x:c r="P246" s="3" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="Q246" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R246" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:18">
       <x:c r="A247" s="10">
-        <x:v>46310</x:v>
+        <x:v>46338</x:v>
       </x:c>
       <x:c r="B247" s="11" t="s">
-        <x:v>273</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C247" s="10" t="s"/>
       <x:c r="D247" s="11" t="s">
-        <x:v>86</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E247" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F247" s="11" t="s"/>
       <x:c r="G247" s="11" t="s">
-        <x:v>490</x:v>
-[...2 lines deleted...]
-      <x:c r="I247" s="11" t="s"/>
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="H247" s="11" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="I247" s="11" t="s">
+        <x:v>209</x:v>
+      </x:c>
       <x:c r="J247" s="11" t="s"/>
       <x:c r="K247" s="11" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="L247" s="11" t="s"/>
       <x:c r="M247" s="11" t="s"/>
-      <x:c r="N247" s="11" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N247" s="11" t="s"/>
+      <x:c r="O247" s="11" t="s"/>
       <x:c r="P247" s="11" t="s"/>
       <x:c r="Q247" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R247" s="12" t="s">
-        <x:v>86</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:18">
       <x:c r="A248" s="2">
-        <x:v>46311</x:v>
+        <x:v>46338</x:v>
       </x:c>
       <x:c r="B248" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C248" s="2" t="s"/>
       <x:c r="D248" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E248" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F248" s="3" t="s"/>
       <x:c r="G248" s="3" t="s">
-        <x:v>492</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H248" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I248" s="3" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J248" s="3" t="s"/>
       <x:c r="K248" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="L248" s="3" t="s"/>
       <x:c r="M248" s="3" t="s"/>
       <x:c r="N248" s="3" t="s"/>
       <x:c r="O248" s="3" t="s"/>
       <x:c r="P248" s="3" t="s"/>
       <x:c r="Q248" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R248" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:18">
       <x:c r="A249" s="10">
-        <x:v>46316</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46339</x:v>
+      </x:c>
+      <x:c r="B249" s="11" t="s"/>
       <x:c r="C249" s="10" t="s"/>
       <x:c r="D249" s="11" t="s">
-        <x:v>291</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E249" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F249" s="11" t="s"/>
       <x:c r="G249" s="11" t="s">
-        <x:v>487</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="H249" s="11" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="I249" s="11" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J249" s="11" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K249" s="11" t="s"/>
       <x:c r="L249" s="11" t="s"/>
       <x:c r="M249" s="11" t="s"/>
       <x:c r="N249" s="11" t="s"/>
       <x:c r="O249" s="11" t="s"/>
       <x:c r="P249" s="11" t="s"/>
       <x:c r="Q249" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R249" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R249" s="12" t="s">
+        <x:v>33</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:18">
       <x:c r="A250" s="2">
-        <x:v>46323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46339</x:v>
+      </x:c>
+      <x:c r="B250" s="3" t="s"/>
       <x:c r="C250" s="2" t="s"/>
       <x:c r="D250" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E250" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F250" s="3" t="s"/>
       <x:c r="G250" s="3" t="s">
-        <x:v>493</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H250" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I250" s="3" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="J250" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K250" s="3" t="s"/>
       <x:c r="L250" s="3" t="s"/>
       <x:c r="M250" s="3" t="s"/>
       <x:c r="N250" s="3" t="s"/>
       <x:c r="O250" s="3" t="s"/>
       <x:c r="P250" s="3" t="s"/>
       <x:c r="Q250" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R250" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:18">
       <x:c r="A251" s="10">
-        <x:v>46323</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="B251" s="11" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C251" s="10" t="s"/>
       <x:c r="D251" s="11" t="s">
-        <x:v>150</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E251" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F251" s="11" t="s"/>
       <x:c r="G251" s="11" t="s">
-        <x:v>494</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H251" s="11" t="s"/>
+      <x:c r="I251" s="11" t="s"/>
       <x:c r="J251" s="11" t="s"/>
       <x:c r="K251" s="11" t="s">
-        <x:v>215</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L251" s="11" t="s"/>
       <x:c r="M251" s="11" t="s"/>
       <x:c r="N251" s="11" t="s"/>
       <x:c r="O251" s="11" t="s"/>
       <x:c r="P251" s="11" t="s"/>
       <x:c r="Q251" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R251" s="12" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:18">
       <x:c r="A252" s="2">
-        <x:v>46323</x:v>
+        <x:v>46342</x:v>
       </x:c>
       <x:c r="B252" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C252" s="2" t="s"/>
       <x:c r="D252" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E252" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F252" s="3" t="s"/>
       <x:c r="G252" s="3" t="s">
-        <x:v>495</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H252" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I252" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J252" s="3" t="s"/>
       <x:c r="K252" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L252" s="3" t="s"/>
       <x:c r="M252" s="3" t="s"/>
       <x:c r="N252" s="3" t="s"/>
       <x:c r="O252" s="3" t="s"/>
       <x:c r="P252" s="3" t="s"/>
       <x:c r="Q252" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R252" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:18">
       <x:c r="A253" s="10">
-        <x:v>46325</x:v>
+        <x:v>46342</x:v>
       </x:c>
       <x:c r="B253" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C253" s="10" t="s"/>
       <x:c r="D253" s="11" t="s">
-        <x:v>163</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E253" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F253" s="11" t="s"/>
       <x:c r="G253" s="11" t="s">
-        <x:v>165</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H253" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I253" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J253" s="11" t="s"/>
       <x:c r="K253" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L253" s="11" t="s"/>
       <x:c r="M253" s="11" t="s"/>
       <x:c r="N253" s="11" t="s"/>
       <x:c r="O253" s="11" t="s"/>
       <x:c r="P253" s="11" t="s"/>
       <x:c r="Q253" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R253" s="12" t="s"/>
+      <x:c r="R253" s="12" t="s">
+        <x:v>124</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:18">
       <x:c r="A254" s="2">
-        <x:v>46325</x:v>
+        <x:v>46343</x:v>
       </x:c>
       <x:c r="B254" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C254" s="2" t="s"/>
       <x:c r="D254" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E254" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F254" s="3" t="s"/>
       <x:c r="G254" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H254" s="3" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I254" s="3" t="s"/>
       <x:c r="J254" s="3" t="s"/>
       <x:c r="K254" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L254" s="3" t="s"/>
       <x:c r="M254" s="3" t="s"/>
       <x:c r="N254" s="3" t="s"/>
       <x:c r="O254" s="3" t="s"/>
       <x:c r="P254" s="3" t="s"/>
       <x:c r="Q254" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R254" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:18">
       <x:c r="A255" s="10">
-        <x:v>46329</x:v>
+        <x:v>46345</x:v>
       </x:c>
       <x:c r="B255" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C255" s="10" t="s"/>
       <x:c r="D255" s="11" t="s">
-        <x:v>192</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E255" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F255" s="11" t="s"/>
       <x:c r="G255" s="11" t="s">
-        <x:v>193</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H255" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I255" s="11" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J255" s="11" t="s"/>
       <x:c r="K255" s="11" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-      <x:c r="M255" s="11" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="L255" s="11" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="M255" s="11" t="s">
+        <x:v>275</x:v>
+      </x:c>
       <x:c r="N255" s="11" t="s"/>
-      <x:c r="O255" s="11" t="s"/>
+      <x:c r="O255" s="11" t="s">
+        <x:v>276</x:v>
+      </x:c>
       <x:c r="P255" s="11" t="s"/>
       <x:c r="Q255" s="11" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="R255" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R255" s="12" t="s">
+        <x:v>117</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:18">
       <x:c r="A256" s="2">
-        <x:v>46330</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46356</x:v>
+      </x:c>
+      <x:c r="B256" s="3" t="s"/>
       <x:c r="C256" s="2" t="s"/>
       <x:c r="D256" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E256" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F256" s="3" t="s"/>
       <x:c r="G256" s="3" t="s">
-        <x:v>497</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H256" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I256" s="3" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J256" s="3" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K256" s="3" t="s"/>
       <x:c r="L256" s="3" t="s"/>
       <x:c r="M256" s="3" t="s"/>
       <x:c r="N256" s="3" t="s"/>
       <x:c r="O256" s="3" t="s"/>
       <x:c r="P256" s="3" t="s"/>
       <x:c r="Q256" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R256" s="1" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:18">
       <x:c r="A257" s="10">
-        <x:v>46331</x:v>
+        <x:v>46356</x:v>
       </x:c>
       <x:c r="B257" s="11" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C257" s="10" t="s"/>
       <x:c r="D257" s="11" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E257" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F257" s="11" t="s"/>
       <x:c r="G257" s="11" t="s">
-        <x:v>498</x:v>
-[...3 lines deleted...]
-      <x:c r="J257" s="11" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H257" s="11" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="I257" s="11" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J257" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K257" s="11" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L257" s="11" t="s"/>
       <x:c r="M257" s="11" t="s"/>
-      <x:c r="N257" s="11" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="N257" s="11" t="s"/>
+      <x:c r="O257" s="11" t="s"/>
       <x:c r="P257" s="11" t="s"/>
       <x:c r="Q257" s="11" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="R257" s="12" t="s"/>
     </x:row>
     <x:row r="258" spans="1:18">
       <x:c r="A258" s="2">
-        <x:v>46332</x:v>
+        <x:v>46356</x:v>
       </x:c>
       <x:c r="B258" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C258" s="2" t="s"/>
       <x:c r="D258" s="3" t="s">
-        <x:v>499</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E258" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F258" s="3" t="s"/>
       <x:c r="G258" s="3" t="s">
-        <x:v>500</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="H258" s="3" t="s"/>
+      <x:c r="I258" s="3" t="s"/>
       <x:c r="J258" s="3" t="s"/>
       <x:c r="K258" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L258" s="3" t="s"/>
       <x:c r="M258" s="3" t="s"/>
       <x:c r="N258" s="3" t="s"/>
       <x:c r="O258" s="3" t="s"/>
       <x:c r="P258" s="3" t="s"/>
       <x:c r="Q258" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R258" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:18">
       <x:c r="A259" s="10">
-        <x:v>46332</x:v>
+        <x:v>46356</x:v>
       </x:c>
       <x:c r="B259" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C259" s="10" t="s"/>
       <x:c r="D259" s="11" t="s">
-        <x:v>501</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E259" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F259" s="11" t="s"/>
       <x:c r="G259" s="11" t="s">
-        <x:v>45</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H259" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I259" s="11" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="J259" s="11" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J259" s="11" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K259" s="11" t="s">
-        <x:v>48</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="L259" s="11" t="s"/>
+      <x:c r="M259" s="11" t="s"/>
       <x:c r="N259" s="11" t="s"/>
-      <x:c r="O259" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O259" s="11" t="s"/>
       <x:c r="P259" s="11" t="s"/>
       <x:c r="Q259" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R259" s="12" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="R259" s="12" t="s"/>
     </x:row>
     <x:row r="260" spans="1:18">
       <x:c r="A260" s="2">
-        <x:v>46332</x:v>
+        <x:v>46358</x:v>
       </x:c>
       <x:c r="B260" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C260" s="2" t="s"/>
       <x:c r="D260" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E260" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F260" s="3" t="s"/>
       <x:c r="G260" s="3" t="s">
-        <x:v>502</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H260" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I260" s="3" t="s">
-        <x:v>57</x:v>
-[...1 lines deleted...]
-      <x:c r="J260" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J260" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K260" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L260" s="3" t="s"/>
       <x:c r="M260" s="3" t="s"/>
       <x:c r="N260" s="3" t="s"/>
       <x:c r="O260" s="3" t="s"/>
       <x:c r="P260" s="3" t="s"/>
       <x:c r="Q260" s="3" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:18">
       <x:c r="A261" s="10">
-        <x:v>46335</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46370</x:v>
+      </x:c>
+      <x:c r="B261" s="11" t="s"/>
       <x:c r="C261" s="10" t="s"/>
       <x:c r="D261" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E261" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F261" s="11" t="s"/>
       <x:c r="G261" s="11" t="s">
-        <x:v>503</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H261" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I261" s="11" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J261" s="11" t="s"/>
       <x:c r="K261" s="11" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L261" s="11" t="s"/>
       <x:c r="M261" s="11" t="s"/>
       <x:c r="N261" s="11" t="s"/>
       <x:c r="O261" s="11" t="s"/>
       <x:c r="P261" s="11" t="s"/>
       <x:c r="Q261" s="11" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R261" s="12" t="s"/>
     </x:row>
     <x:row r="262" spans="1:18">
       <x:c r="A262" s="2">
-        <x:v>46336</x:v>
+        <x:v>46370</x:v>
       </x:c>
       <x:c r="B262" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C262" s="2" t="s"/>
       <x:c r="D262" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E262" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F262" s="3" t="s"/>
       <x:c r="G262" s="3" t="s">
-        <x:v>504</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H262" s="3" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I262" s="3" t="s"/>
       <x:c r="J262" s="3" t="s"/>
       <x:c r="K262" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L262" s="3" t="s"/>
       <x:c r="M262" s="3" t="s"/>
       <x:c r="N262" s="3" t="s"/>
       <x:c r="O262" s="3" t="s"/>
       <x:c r="P262" s="3" t="s"/>
       <x:c r="Q262" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R262" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:18">
       <x:c r="A263" s="10">
-        <x:v>46338</x:v>
+        <x:v>46371</x:v>
       </x:c>
       <x:c r="B263" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C263" s="10" t="s"/>
       <x:c r="D263" s="11" t="s">
-        <x:v>60</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E263" s="11" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F263" s="11" t="s"/>
       <x:c r="G263" s="11" t="s">
-        <x:v>505</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H263" s="11" t="s">
-        <x:v>62</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I263" s="11" t="s">
-        <x:v>57</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="J263" s="11" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K263" s="11" t="s"/>
       <x:c r="L263" s="11" t="s"/>
       <x:c r="M263" s="11" t="s"/>
       <x:c r="N263" s="11" t="s"/>
       <x:c r="O263" s="11" t="s"/>
       <x:c r="P263" s="11" t="s"/>
       <x:c r="Q263" s="11" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R263" s="12" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:18">
       <x:c r="A264" s="2">
-        <x:v>46338</x:v>
+        <x:v>46371</x:v>
       </x:c>
       <x:c r="B264" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C264" s="2" t="s"/>
       <x:c r="D264" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E264" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F264" s="3" t="s"/>
       <x:c r="G264" s="3" t="s">
-        <x:v>507</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H264" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I264" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J264" s="3" t="s"/>
       <x:c r="K264" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L264" s="3" t="s"/>
       <x:c r="M264" s="3" t="s"/>
       <x:c r="N264" s="3" t="s"/>
       <x:c r="O264" s="3" t="s"/>
       <x:c r="P264" s="3" t="s"/>
       <x:c r="Q264" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R264" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:18">
       <x:c r="A265" s="10">
-        <x:v>46339</x:v>
-[...1 lines deleted...]
-      <x:c r="B265" s="11" t="s"/>
+        <x:v>46371</x:v>
+      </x:c>
+      <x:c r="B265" s="11" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="C265" s="10" t="s"/>
       <x:c r="D265" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E265" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F265" s="11" t="s"/>
       <x:c r="G265" s="11" t="s">
-        <x:v>508</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H265" s="11" t="s">
-        <x:v>177</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I265" s="11" t="s">
-        <x:v>178</x:v>
-[...4 lines deleted...]
-      <x:c r="K265" s="11" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J265" s="11" t="s"/>
+      <x:c r="K265" s="11" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="L265" s="11" t="s"/>
       <x:c r="M265" s="11" t="s"/>
       <x:c r="N265" s="11" t="s"/>
       <x:c r="O265" s="11" t="s"/>
       <x:c r="P265" s="11" t="s"/>
       <x:c r="Q265" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R265" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:18">
       <x:c r="A266" s="2">
-        <x:v>46339</x:v>
-[...1 lines deleted...]
-      <x:c r="B266" s="3" t="s"/>
+        <x:v>46372</x:v>
+      </x:c>
+      <x:c r="B266" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="C266" s="2" t="s"/>
       <x:c r="D266" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="E266" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F266" s="3" t="s"/>
       <x:c r="G266" s="3" t="s">
-        <x:v>509</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H266" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I266" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J266" s="3" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="K266" s="3" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K266" s="3" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="L266" s="3" t="s"/>
       <x:c r="M266" s="3" t="s"/>
       <x:c r="N266" s="3" t="s"/>
       <x:c r="O266" s="3" t="s"/>
       <x:c r="P266" s="3" t="s"/>
       <x:c r="Q266" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R266" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:18">
       <x:c r="A267" s="10">
-        <x:v>46342</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46374</x:v>
+      </x:c>
+      <x:c r="B267" s="11" t="s"/>
       <x:c r="C267" s="10" t="s"/>
       <x:c r="D267" s="11" t="s">
-        <x:v>114</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E267" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F267" s="11" t="s"/>
       <x:c r="G267" s="11" t="s">
-        <x:v>115</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H267" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I267" s="11" t="s">
-        <x:v>47</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J267" s="11" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="K267" s="11" t="s"/>
       <x:c r="L267" s="11" t="s"/>
       <x:c r="M267" s="11" t="s"/>
       <x:c r="N267" s="11" t="s"/>
       <x:c r="O267" s="11" t="s"/>
       <x:c r="P267" s="11" t="s"/>
       <x:c r="Q267" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R267" s="12" t="s">
-        <x:v>116</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:18">
       <x:c r="A268" s="2">
-        <x:v>46342</x:v>
+        <x:v>46387</x:v>
       </x:c>
       <x:c r="B268" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C268" s="2" t="s"/>
       <x:c r="D268" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E268" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F268" s="3" t="s"/>
       <x:c r="G268" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H268" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I268" s="3" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="J268" s="3" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J268" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K268" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L268" s="3" t="s"/>
       <x:c r="M268" s="3" t="s"/>
       <x:c r="N268" s="3" t="s"/>
       <x:c r="O268" s="3" t="s"/>
       <x:c r="P268" s="3" t="s"/>
       <x:c r="Q268" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R268" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="269" spans="1:18">
       <x:c r="A269" s="10">
-        <x:v>46343</x:v>
+        <x:v>46395</x:v>
       </x:c>
       <x:c r="B269" s="11" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C269" s="10" t="s"/>
       <x:c r="D269" s="11" t="s">
-        <x:v>510</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E269" s="11" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F269" s="11" t="s"/>
-      <x:c r="G269" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="G269" s="11" t="s"/>
       <x:c r="H269" s="11" t="s">
-        <x:v>94</x:v>
-[...1 lines deleted...]
-      <x:c r="I269" s="11" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="I269" s="11" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="J269" s="11" t="s"/>
       <x:c r="K269" s="11" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="L269" s="11" t="s"/>
       <x:c r="M269" s="11" t="s"/>
       <x:c r="N269" s="11" t="s"/>
       <x:c r="O269" s="11" t="s"/>
       <x:c r="P269" s="11" t="s"/>
-      <x:c r="Q269" s="11" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="Q269" s="11" t="s"/>
       <x:c r="R269" s="12" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:18">
       <x:c r="A270" s="2">
-        <x:v>46345</x:v>
+        <x:v>46402</x:v>
       </x:c>
       <x:c r="B270" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C270" s="2" t="s"/>
       <x:c r="D270" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E270" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F270" s="3" t="s"/>
       <x:c r="G270" s="3" t="s">
-        <x:v>512</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H270" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I270" s="3" t="s">
-        <x:v>144</x:v>
-[...10 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="J270" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K270" s="3" t="s"/>
+      <x:c r="L270" s="3" t="s"/>
+      <x:c r="M270" s="3" t="s"/>
       <x:c r="N270" s="3" t="s"/>
-      <x:c r="O270" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="O270" s="3" t="s"/>
       <x:c r="P270" s="3" t="s"/>
       <x:c r="Q270" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R270" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:18">
       <x:c r="A271" s="10">
-        <x:v>46356</x:v>
-[...1 lines deleted...]
-      <x:c r="B271" s="11" t="s"/>
+        <x:v>46402</x:v>
+      </x:c>
+      <x:c r="B271" s="11" t="s">
+        <x:v>457</x:v>
+      </x:c>
       <x:c r="C271" s="10" t="s"/>
       <x:c r="D271" s="11" t="s">
-        <x:v>97</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E271" s="11" t="s">
-        <x:v>68</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F271" s="11" t="s"/>
       <x:c r="G271" s="11" t="s">
-        <x:v>513</x:v>
-[...11 lines deleted...]
-      <x:c r="L271" s="11" t="s"/>
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="H271" s="11" t="s"/>
+      <x:c r="I271" s="11" t="s"/>
+      <x:c r="J271" s="11" t="s"/>
+      <x:c r="K271" s="11" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L271" s="11" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="M271" s="11" t="s"/>
-      <x:c r="N271" s="11" t="s"/>
-      <x:c r="O271" s="11" t="s"/>
+      <x:c r="N271" s="11" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="O271" s="11" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="P271" s="11" t="s"/>
       <x:c r="Q271" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R271" s="12" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:18">
       <x:c r="A272" s="2">
-        <x:v>46356</x:v>
+        <x:v>46403</x:v>
       </x:c>
       <x:c r="B272" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C272" s="2" t="s"/>
       <x:c r="D272" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E272" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F272" s="3" t="s"/>
       <x:c r="G272" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H272" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I272" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J272" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K272" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L272" s="3" t="s"/>
       <x:c r="M272" s="3" t="s"/>
       <x:c r="N272" s="3" t="s"/>
       <x:c r="O272" s="3" t="s"/>
       <x:c r="P272" s="3" t="s"/>
       <x:c r="Q272" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="R272" s="1" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:18">
       <x:c r="A273" s="10">
-        <x:v>46356</x:v>
+        <x:v>46405</x:v>
       </x:c>
       <x:c r="B273" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C273" s="10" t="s"/>
       <x:c r="D273" s="11" t="s">
-        <x:v>514</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E273" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F273" s="11" t="s"/>
       <x:c r="G273" s="11" t="s">
-        <x:v>515</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H273" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I273" s="11" t="s">
-        <x:v>167</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J273" s="11" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K273" s="11" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="L273" s="11" t="s"/>
       <x:c r="M273" s="11" t="s"/>
       <x:c r="N273" s="11" t="s"/>
       <x:c r="O273" s="11" t="s"/>
-      <x:c r="P273" s="11" t="s"/>
+      <x:c r="P273" s="11" t="s">
+        <x:v>166</x:v>
+      </x:c>
       <x:c r="Q273" s="11" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="R273" s="12" t="s"/>
+      <x:c r="R273" s="12" t="s">
+        <x:v>167</x:v>
+      </x:c>
     </x:row>
     <x:row r="274" spans="1:18">
       <x:c r="A274" s="2">
-        <x:v>46358</x:v>
+        <x:v>46418</x:v>
       </x:c>
       <x:c r="B274" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C274" s="2" t="s"/>
       <x:c r="D274" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E274" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F274" s="3" t="s"/>
       <x:c r="G274" s="3" t="s">
-        <x:v>516</x:v>
-[...9 lines deleted...]
-      </x:c>
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="H274" s="3" t="s"/>
+      <x:c r="I274" s="3" t="s"/>
+      <x:c r="J274" s="3" t="s"/>
       <x:c r="K274" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L274" s="3" t="s"/>
       <x:c r="M274" s="3" t="s"/>
       <x:c r="N274" s="3" t="s"/>
       <x:c r="O274" s="3" t="s"/>
       <x:c r="P274" s="3" t="s"/>
       <x:c r="Q274" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R274" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:18">
       <x:c r="A275" s="10">
-        <x:v>46370</x:v>
-[...1 lines deleted...]
-      <x:c r="B275" s="11" t="s"/>
+        <x:v>46430</x:v>
+      </x:c>
+      <x:c r="B275" s="11" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="C275" s="10" t="s"/>
       <x:c r="D275" s="11" t="s">
-        <x:v>517</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E275" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F275" s="11" t="s"/>
       <x:c r="G275" s="11" t="s">
-        <x:v>518</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H275" s="11" t="s"/>
+      <x:c r="I275" s="11" t="s"/>
       <x:c r="J275" s="11" t="s"/>
       <x:c r="K275" s="11" t="s">
-        <x:v>225</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L275" s="11" t="s"/>
       <x:c r="M275" s="11" t="s"/>
       <x:c r="N275" s="11" t="s"/>
       <x:c r="O275" s="11" t="s"/>
       <x:c r="P275" s="11" t="s"/>
       <x:c r="Q275" s="11" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="R275" s="12" t="s"/>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R275" s="12" t="s">
+        <x:v>39</x:v>
+      </x:c>
     </x:row>
     <x:row r="276" spans="1:18">
       <x:c r="A276" s="2">
-        <x:v>46370</x:v>
+        <x:v>46493</x:v>
       </x:c>
       <x:c r="B276" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C276" s="2" t="s"/>
       <x:c r="D276" s="3" t="s">
-        <x:v>519</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E276" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F276" s="3" t="s"/>
       <x:c r="G276" s="3" t="s">
-        <x:v>520</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H276" s="3" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-      <x:c r="J276" s="3" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="I276" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J276" s="3" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K276" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L276" s="3" t="s"/>
       <x:c r="M276" s="3" t="s"/>
       <x:c r="N276" s="3" t="s"/>
       <x:c r="O276" s="3" t="s"/>
       <x:c r="P276" s="3" t="s"/>
       <x:c r="Q276" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R276" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:18">
       <x:c r="A277" s="10">
-        <x:v>46371</x:v>
+        <x:v>46553</x:v>
       </x:c>
       <x:c r="B277" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C277" s="10" t="s"/>
       <x:c r="D277" s="11" t="s">
-        <x:v>375</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E277" s="11" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F277" s="11" t="s"/>
       <x:c r="G277" s="11" t="s">
-        <x:v>521</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H277" s="11" t="s">
-        <x:v>377</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I277" s="11" t="s">
-        <x:v>378</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J277" s="11" t="s">
-        <x:v>379</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K277" s="11" t="s"/>
       <x:c r="L277" s="11" t="s"/>
       <x:c r="M277" s="11" t="s"/>
       <x:c r="N277" s="11" t="s"/>
       <x:c r="O277" s="11" t="s"/>
       <x:c r="P277" s="11" t="s"/>
       <x:c r="Q277" s="11" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R277" s="12" t="s">
-        <x:v>216</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:18">
       <x:c r="A278" s="2">
-        <x:v>46371</x:v>
+        <x:v>46583</x:v>
       </x:c>
       <x:c r="B278" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C278" s="2" t="s"/>
       <x:c r="D278" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E278" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F278" s="3" t="s"/>
       <x:c r="G278" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H278" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I278" s="3" t="s">
-        <x:v>47</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="J278" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K278" s="3" t="s"/>
       <x:c r="L278" s="3" t="s"/>
       <x:c r="M278" s="3" t="s"/>
       <x:c r="N278" s="3" t="s"/>
       <x:c r="O278" s="3" t="s"/>
       <x:c r="P278" s="3" t="s"/>
       <x:c r="Q278" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R278" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:18">
       <x:c r="A279" s="10">
-        <x:v>46371</x:v>
+        <x:v>46584</x:v>
       </x:c>
       <x:c r="B279" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C279" s="10" t="s"/>
       <x:c r="D279" s="11" t="s">
-        <x:v>114</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E279" s="11" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F279" s="11" t="s"/>
       <x:c r="G279" s="11" t="s">
-        <x:v>115</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H279" s="11" t="s">
-        <x:v>46</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I279" s="11" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="J279" s="11" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="J279" s="11" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="K279" s="11" t="s">
-        <x:v>48</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L279" s="11" t="s"/>
       <x:c r="M279" s="11" t="s"/>
       <x:c r="N279" s="11" t="s"/>
       <x:c r="O279" s="11" t="s"/>
       <x:c r="P279" s="11" t="s"/>
       <x:c r="Q279" s="11" t="s">
-        <x:v>52</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R279" s="12" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:18">
       <x:c r="A280" s="2">
-        <x:v>46374</x:v>
-[...1 lines deleted...]
-      <x:c r="B280" s="3" t="s"/>
+        <x:v>46736</x:v>
+      </x:c>
+      <x:c r="B280" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="C280" s="2" t="s"/>
       <x:c r="D280" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E280" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F280" s="3" t="s"/>
       <x:c r="G280" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H280" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I280" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J280" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K280" s="3" t="s"/>
       <x:c r="L280" s="3" t="s"/>
       <x:c r="M280" s="3" t="s"/>
       <x:c r="N280" s="3" t="s"/>
       <x:c r="O280" s="3" t="s"/>
       <x:c r="P280" s="3" t="s"/>
       <x:c r="Q280" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R280" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:18">
       <x:c r="A281" s="10">
-        <x:v>46387</x:v>
+        <x:v>46766</x:v>
       </x:c>
       <x:c r="B281" s="11" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C281" s="10" t="s"/>
       <x:c r="D281" s="11" t="s">
-        <x:v>163</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E281" s="11" t="s">
-        <x:v>164</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F281" s="11" t="s"/>
       <x:c r="G281" s="11" t="s">
-        <x:v>165</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H281" s="11" t="s">
-        <x:v>166</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I281" s="11" t="s">
-        <x:v>167</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J281" s="11" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K281" s="11" t="s"/>
       <x:c r="L281" s="11" t="s"/>
       <x:c r="M281" s="11" t="s"/>
       <x:c r="N281" s="11" t="s"/>
       <x:c r="O281" s="11" t="s"/>
       <x:c r="P281" s="11" t="s"/>
       <x:c r="Q281" s="11" t="s">
-        <x:v>52</x:v>
-[...404 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="R281" s="12" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>